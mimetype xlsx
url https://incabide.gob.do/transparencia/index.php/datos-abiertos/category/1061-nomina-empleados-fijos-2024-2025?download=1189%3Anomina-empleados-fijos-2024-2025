--- v0 (2025-10-11)
+++ v1 (2025-12-07)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ocabidgod-my.sharepoint.com/personal/oai_incabide_gob_do/Documents/2025/Informaciones del Portal/Septiembre/OAI/Datos abiertos/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ocabidgod-my.sharepoint.com/personal/oai_incabide_gob_do/Documents/2025/Informaciones del Portal/Octubre/OAI/Datos Abiertos/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="8" documentId="8_{CC338482-8BCE-4C74-A83B-B810B85DC837}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DCA47777-325B-4479-9633-5332C21AC02A}"/>
+  <xr:revisionPtr revIDLastSave="28" documentId="8_{CC338482-8BCE-4C74-A83B-B810B85DC837}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7FF16F10-58C8-4A7E-A4B8-7443CE59FAB5}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{8DAC81AB-40DF-4AEC-B196-5EFFA1CA6622}"/>
   </bookViews>
   <sheets>
-    <sheet name="DA Septiembre Fijos 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="DA Octubre Fijos 2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9842" uniqueCount="313">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10322" uniqueCount="313">
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>DEPARTAMENTO</t>
   </si>
   <si>
     <t>CARGO</t>
   </si>
   <si>
     <t>ESTATUS</t>
   </si>
   <si>
     <t>GENERO</t>
   </si>
   <si>
     <t>SUELDO BRUTO</t>
   </si>
   <si>
     <t>MES</t>
   </si>
   <si>
     <t>ANO</t>
   </si>
   <si>
@@ -1813,60 +1813,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{24C3EA4C-B2BB-4C75-8EE6-E0D8F789D78D}">
-  <dimension ref="A1:H1640"/>
+  <dimension ref="A1:H1720"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A1569" workbookViewId="0">
-      <selection activeCell="K1587" sqref="K1587"/>
+    <sheetView tabSelected="1" topLeftCell="A1695" workbookViewId="0">
+      <selection activeCell="A1721" sqref="A1721"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="8.88671875" customWidth="1"/>
+    <col min="1" max="1" width="10" customWidth="1"/>
+    <col min="2" max="2" width="10.6640625" customWidth="1"/>
+    <col min="3" max="3" width="10" customWidth="1"/>
+    <col min="5" max="5" width="12.44140625" customWidth="1"/>
+    <col min="6" max="6" width="8.5546875" customWidth="1"/>
     <col min="7" max="7" width="10.88671875" customWidth="1"/>
+    <col min="8" max="8" width="7.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -44462,69 +44467,2149 @@
       </c>
     </row>
     <row r="1640" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A1640" t="s">
         <v>264</v>
       </c>
       <c r="B1640" t="s">
         <v>186</v>
       </c>
       <c r="C1640" t="s">
         <v>83</v>
       </c>
       <c r="D1640" t="s">
         <v>159</v>
       </c>
       <c r="E1640" t="s">
         <v>163</v>
       </c>
       <c r="F1640">
         <v>45000</v>
       </c>
       <c r="G1640" t="s">
         <v>284</v>
       </c>
       <c r="H1640">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1641" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1641" t="s">
+        <v>8</v>
+      </c>
+      <c r="B1641" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1641" t="s">
+        <v>158</v>
+      </c>
+      <c r="D1641" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1641" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1641">
+        <v>30000</v>
+      </c>
+      <c r="G1641" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1641">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1642" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1642" t="s">
+        <v>14</v>
+      </c>
+      <c r="B1642" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1642" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1642" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1642" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1642">
+        <v>20000</v>
+      </c>
+      <c r="G1642" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1642">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1643" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1643" t="s">
+        <v>271</v>
+      </c>
+      <c r="B1643" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1643" t="s">
+        <v>165</v>
+      </c>
+      <c r="D1643" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1643" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1643">
+        <v>20000</v>
+      </c>
+      <c r="G1643" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1643">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1644" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1644" t="s">
+        <v>166</v>
+      </c>
+      <c r="B1644" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1644" t="s">
+        <v>158</v>
+      </c>
+      <c r="D1644" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1644" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1644">
+        <v>35000</v>
+      </c>
+      <c r="G1644" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1644">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1645" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1645" t="s">
+        <v>293</v>
+      </c>
+      <c r="B1645" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1645" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1645" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1645" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1645">
+        <v>35000</v>
+      </c>
+      <c r="G1645" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1645">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1646" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1646" t="s">
+        <v>169</v>
+      </c>
+      <c r="B1646" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1646" t="s">
+        <v>170</v>
+      </c>
+      <c r="D1646" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1646" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1646">
+        <v>20000</v>
+      </c>
+      <c r="G1646" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1646">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1647" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1647" t="s">
+        <v>301</v>
+      </c>
+      <c r="B1647" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1647" t="s">
+        <v>302</v>
+      </c>
+      <c r="D1647" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1647" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1647">
+        <v>20000</v>
+      </c>
+      <c r="G1647" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1647">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1648" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1648" t="s">
+        <v>171</v>
+      </c>
+      <c r="B1648" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1648" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1648" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1648" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1648">
+        <v>20000</v>
+      </c>
+      <c r="G1648" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1648">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1649" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1649" t="s">
+        <v>276</v>
+      </c>
+      <c r="B1649" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1649" t="s">
+        <v>46</v>
+      </c>
+      <c r="D1649" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1649" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1649">
+        <v>25000</v>
+      </c>
+      <c r="G1649" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1649">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1650" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1650" t="s">
+        <v>27</v>
+      </c>
+      <c r="B1650" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1650" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1650" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1650" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1650">
+        <v>25000</v>
+      </c>
+      <c r="G1650" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1650">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1651" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1651" t="s">
+        <v>283</v>
+      </c>
+      <c r="B1651" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1651" t="s">
+        <v>158</v>
+      </c>
+      <c r="D1651" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1651" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1651">
+        <v>25000</v>
+      </c>
+      <c r="G1651" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1651">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1652" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1652" t="s">
+        <v>176</v>
+      </c>
+      <c r="B1652" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1652" t="s">
+        <v>178</v>
+      </c>
+      <c r="D1652" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1652" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1652">
+        <v>20000</v>
+      </c>
+      <c r="G1652" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1652">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1653" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1653" t="s">
+        <v>179</v>
+      </c>
+      <c r="B1653" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1653" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1653" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1653" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1653">
+        <v>20000</v>
+      </c>
+      <c r="G1653" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1653">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1654" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1654" t="s">
+        <v>180</v>
+      </c>
+      <c r="B1654" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1654" t="s">
+        <v>181</v>
+      </c>
+      <c r="D1654" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1654" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1654">
+        <v>45000</v>
+      </c>
+      <c r="G1654" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1654">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1655" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1655" t="s">
+        <v>182</v>
+      </c>
+      <c r="B1655" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1655" t="s">
+        <v>183</v>
+      </c>
+      <c r="D1655" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1655" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1655">
+        <v>25000</v>
+      </c>
+      <c r="G1655" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1655">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1656" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1656" t="s">
+        <v>184</v>
+      </c>
+      <c r="B1656" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1656" t="s">
+        <v>185</v>
+      </c>
+      <c r="D1656" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1656" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1656">
+        <v>30000</v>
+      </c>
+      <c r="G1656" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1656">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1657" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1657" t="s">
+        <v>295</v>
+      </c>
+      <c r="B1657" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1657" t="s">
+        <v>296</v>
+      </c>
+      <c r="D1657" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1657" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1657">
+        <v>120000</v>
+      </c>
+      <c r="G1657" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1657">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1658" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1658" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1658" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1658" t="s">
+        <v>46</v>
+      </c>
+      <c r="D1658" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1658" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1658">
+        <v>25000</v>
+      </c>
+      <c r="G1658" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1658">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1659" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1659" t="s">
+        <v>47</v>
+      </c>
+      <c r="B1659" t="s">
+        <v>187</v>
+      </c>
+      <c r="C1659" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1659" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1659" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1659">
+        <v>30000</v>
+      </c>
+      <c r="G1659" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1659">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1660" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1660" t="s">
+        <v>289</v>
+      </c>
+      <c r="B1660" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1660" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1660" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1660" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1660">
+        <v>20000</v>
+      </c>
+      <c r="G1660" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1660">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1661" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1661" t="s">
+        <v>49</v>
+      </c>
+      <c r="B1661" t="s">
+        <v>188</v>
+      </c>
+      <c r="C1661" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1661" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1661" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1661">
+        <v>35000</v>
+      </c>
+      <c r="G1661" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1661">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1662" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1662" t="s">
+        <v>189</v>
+      </c>
+      <c r="B1662" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1662" t="s">
+        <v>190</v>
+      </c>
+      <c r="D1662" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1662" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1662">
+        <v>35000</v>
+      </c>
+      <c r="G1662" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1662">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1663" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1663" t="s">
+        <v>53</v>
+      </c>
+      <c r="B1663" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1663" t="s">
+        <v>55</v>
+      </c>
+      <c r="D1663" t="s">
+        <v>192</v>
+      </c>
+      <c r="E1663" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1663">
+        <v>140000</v>
+      </c>
+      <c r="G1663" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1663">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1664" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1664" t="s">
+        <v>193</v>
+      </c>
+      <c r="B1664" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1664" t="s">
+        <v>194</v>
+      </c>
+      <c r="D1664" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1664" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1664">
+        <v>45000</v>
+      </c>
+      <c r="G1664" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1664">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1665" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1665" t="s">
+        <v>195</v>
+      </c>
+      <c r="B1665" t="s">
+        <v>303</v>
+      </c>
+      <c r="C1665" t="s">
+        <v>304</v>
+      </c>
+      <c r="D1665" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1665" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1665">
+        <v>80000</v>
+      </c>
+      <c r="G1665" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1665">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1666" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1666" t="s">
+        <v>61</v>
+      </c>
+      <c r="B1666" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1666" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1666" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1666" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1666">
+        <v>30000</v>
+      </c>
+      <c r="G1666" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1666">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1667" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1667" t="s">
+        <v>312</v>
+      </c>
+      <c r="B1667" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1667" t="s">
+        <v>259</v>
+      </c>
+      <c r="D1667" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1667" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1667">
+        <v>65000</v>
+      </c>
+      <c r="G1667" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1667">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1668" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1668" t="s">
+        <v>292</v>
+      </c>
+      <c r="B1668" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1668" t="s">
+        <v>302</v>
+      </c>
+      <c r="D1668" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1668" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1668">
+        <v>20000</v>
+      </c>
+      <c r="G1668" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1668">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1669" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1669" t="s">
+        <v>197</v>
+      </c>
+      <c r="B1669" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1669" t="s">
+        <v>93</v>
+      </c>
+      <c r="D1669" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1669" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1669">
+        <v>30000</v>
+      </c>
+      <c r="G1669" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1669">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1670" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1670" t="s">
+        <v>305</v>
+      </c>
+      <c r="B1670" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1670" t="s">
+        <v>306</v>
+      </c>
+      <c r="D1670" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1670" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1670">
+        <v>35000</v>
+      </c>
+      <c r="G1670" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1670">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1671" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1671" t="s">
+        <v>199</v>
+      </c>
+      <c r="B1671" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1671" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1671" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1671" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1671">
+        <v>20000</v>
+      </c>
+      <c r="G1671" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1671">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1672" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1672" t="s">
+        <v>307</v>
+      </c>
+      <c r="B1672" t="s">
+        <v>308</v>
+      </c>
+      <c r="C1672" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1672" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1672" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1672">
+        <v>35000</v>
+      </c>
+      <c r="G1672" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1672">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1673" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1673" t="s">
+        <v>67</v>
+      </c>
+      <c r="B1673" t="s">
+        <v>187</v>
+      </c>
+      <c r="C1673" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1673" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1673" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1673">
+        <v>25000</v>
+      </c>
+      <c r="G1673" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1673">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1674" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1674" t="s">
+        <v>200</v>
+      </c>
+      <c r="B1674" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1674" t="s">
+        <v>81</v>
+      </c>
+      <c r="D1674" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1674" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1674">
+        <v>45000</v>
+      </c>
+      <c r="G1674" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1674">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1675" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1675" t="s">
+        <v>272</v>
+      </c>
+      <c r="B1675" t="s">
+        <v>203</v>
+      </c>
+      <c r="C1675" t="s">
+        <v>204</v>
+      </c>
+      <c r="D1675" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1675" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1675">
+        <v>45000</v>
+      </c>
+      <c r="G1675" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1675">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1676" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1676" t="s">
+        <v>205</v>
+      </c>
+      <c r="B1676" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1676" t="s">
+        <v>206</v>
+      </c>
+      <c r="D1676" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1676" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1676">
+        <v>30000</v>
+      </c>
+      <c r="G1676" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1676">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1677" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1677" t="s">
+        <v>207</v>
+      </c>
+      <c r="B1677" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1677" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1677" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1677" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1677">
+        <v>25000</v>
+      </c>
+      <c r="G1677" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1677">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1678" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1678" t="s">
+        <v>80</v>
+      </c>
+      <c r="B1678" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1678" t="s">
+        <v>81</v>
+      </c>
+      <c r="D1678" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1678" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1678">
+        <v>35000</v>
+      </c>
+      <c r="G1678" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1678">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1679" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1679" t="s">
+        <v>82</v>
+      </c>
+      <c r="B1679" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1679" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1679" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1679" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1679">
+        <v>30000</v>
+      </c>
+      <c r="G1679" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1679">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1680" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1680" t="s">
+        <v>209</v>
+      </c>
+      <c r="B1680" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1680" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1680" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1680" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1680">
+        <v>37000</v>
+      </c>
+      <c r="G1680" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1680">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1681" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1681" t="s">
+        <v>210</v>
+      </c>
+      <c r="B1681" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1681" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1681" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1681" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1681">
+        <v>25000</v>
+      </c>
+      <c r="G1681" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1681">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1682" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1682" t="s">
+        <v>214</v>
+      </c>
+      <c r="B1682" t="s">
+        <v>90</v>
+      </c>
+      <c r="C1682" t="s">
+        <v>215</v>
+      </c>
+      <c r="D1682" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1682" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1682">
+        <v>30000</v>
+      </c>
+      <c r="G1682" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1682">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1683" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1683" t="s">
+        <v>92</v>
+      </c>
+      <c r="B1683" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1683" t="s">
+        <v>93</v>
+      </c>
+      <c r="D1683" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1683" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1683">
+        <v>35000</v>
+      </c>
+      <c r="G1683" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1683">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1684" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1684" t="s">
+        <v>94</v>
+      </c>
+      <c r="B1684" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1684" t="s">
+        <v>95</v>
+      </c>
+      <c r="D1684" t="s">
+        <v>216</v>
+      </c>
+      <c r="E1684" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1684">
+        <v>120000</v>
+      </c>
+      <c r="G1684" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1684">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1685" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1685" t="s">
+        <v>217</v>
+      </c>
+      <c r="B1685" t="s">
+        <v>309</v>
+      </c>
+      <c r="C1685" t="s">
+        <v>310</v>
+      </c>
+      <c r="D1685" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1685" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1685">
+        <v>45000</v>
+      </c>
+      <c r="G1685" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1685">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1686" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1686" t="s">
+        <v>219</v>
+      </c>
+      <c r="B1686" t="s">
+        <v>188</v>
+      </c>
+      <c r="C1686" t="s">
+        <v>220</v>
+      </c>
+      <c r="D1686" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1686" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1686">
+        <v>55000</v>
+      </c>
+      <c r="G1686" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1686">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1687" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1687" t="s">
+        <v>298</v>
+      </c>
+      <c r="B1687" t="s">
+        <v>299</v>
+      </c>
+      <c r="C1687" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1687" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1687" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1687">
+        <v>35000</v>
+      </c>
+      <c r="G1687" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1687">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1688" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1688" t="s">
+        <v>221</v>
+      </c>
+      <c r="B1688" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1688" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1688" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1688" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1688">
+        <v>20000</v>
+      </c>
+      <c r="G1688" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1688">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1689" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1689" t="s">
+        <v>224</v>
+      </c>
+      <c r="B1689" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1689" t="s">
+        <v>281</v>
+      </c>
+      <c r="D1689" t="s">
+        <v>226</v>
+      </c>
+      <c r="E1689" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1689">
+        <v>215000</v>
+      </c>
+      <c r="G1689" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1689">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1690" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1690" t="s">
+        <v>107</v>
+      </c>
+      <c r="B1690" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1690" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1690" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1690" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1690">
+        <v>25000</v>
+      </c>
+      <c r="G1690" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1690">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1691" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1691" t="s">
+        <v>227</v>
+      </c>
+      <c r="B1691" t="s">
+        <v>109</v>
+      </c>
+      <c r="C1691" t="s">
+        <v>228</v>
+      </c>
+      <c r="D1691" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1691" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1691">
+        <v>30000</v>
+      </c>
+      <c r="G1691" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1691">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1692" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1692" t="s">
+        <v>229</v>
+      </c>
+      <c r="B1692" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1692" t="s">
+        <v>230</v>
+      </c>
+      <c r="D1692" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1692" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1692">
+        <v>35000</v>
+      </c>
+      <c r="G1692" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1692">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1693" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1693" t="s">
+        <v>113</v>
+      </c>
+      <c r="B1693" t="s">
+        <v>187</v>
+      </c>
+      <c r="C1693" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1693" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1693" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1693">
+        <v>30000</v>
+      </c>
+      <c r="G1693" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1693">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1694" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1694" t="s">
+        <v>235</v>
+      </c>
+      <c r="B1694" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1694" t="s">
+        <v>178</v>
+      </c>
+      <c r="D1694" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1694" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1694">
+        <v>20000</v>
+      </c>
+      <c r="G1694" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1694">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1695" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1695" t="s">
+        <v>236</v>
+      </c>
+      <c r="B1695" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1695" t="s">
+        <v>237</v>
+      </c>
+      <c r="D1695" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1695" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1695">
+        <v>95000</v>
+      </c>
+      <c r="G1695" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1695">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1696" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1696" t="s">
+        <v>238</v>
+      </c>
+      <c r="B1696" t="s">
+        <v>109</v>
+      </c>
+      <c r="C1696" t="s">
+        <v>269</v>
+      </c>
+      <c r="D1696" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1696" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1696">
+        <v>50000</v>
+      </c>
+      <c r="G1696" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1696">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1697" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1697" t="s">
+        <v>240</v>
+      </c>
+      <c r="B1697" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1697" t="s">
+        <v>241</v>
+      </c>
+      <c r="D1697" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1697" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1697">
+        <v>35000</v>
+      </c>
+      <c r="G1697" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1697">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1698" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1698" t="s">
+        <v>242</v>
+      </c>
+      <c r="B1698" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1698" t="s">
+        <v>170</v>
+      </c>
+      <c r="D1698" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1698" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1698">
+        <v>20000</v>
+      </c>
+      <c r="G1698" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1698">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1699" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1699" t="s">
+        <v>243</v>
+      </c>
+      <c r="B1699" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1699" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1699" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1699" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1699">
+        <v>35000</v>
+      </c>
+      <c r="G1699" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1699">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1700" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1700" t="s">
+        <v>244</v>
+      </c>
+      <c r="B1700" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1700" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1700" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1700" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1700">
+        <v>20000</v>
+      </c>
+      <c r="G1700" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1700">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1701" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1701" t="s">
+        <v>245</v>
+      </c>
+      <c r="B1701" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1701" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1701" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1701" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1701">
+        <v>25000</v>
+      </c>
+      <c r="G1701" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1701">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1702" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1702" t="s">
+        <v>246</v>
+      </c>
+      <c r="B1702" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1702" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1702" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1702" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1702">
+        <v>20000</v>
+      </c>
+      <c r="G1702" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1702">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1703" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1703" t="s">
+        <v>279</v>
+      </c>
+      <c r="B1703" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1703" t="s">
+        <v>230</v>
+      </c>
+      <c r="D1703" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1703" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1703">
+        <v>35000</v>
+      </c>
+      <c r="G1703" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1703">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1704" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1704" t="s">
+        <v>249</v>
+      </c>
+      <c r="B1704" t="s">
+        <v>248</v>
+      </c>
+      <c r="C1704" t="s">
+        <v>250</v>
+      </c>
+      <c r="D1704" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1704" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1704">
+        <v>25000</v>
+      </c>
+      <c r="G1704" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1704">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1705" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1705" t="s">
+        <v>137</v>
+      </c>
+      <c r="B1705" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1705" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1705" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1705" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1705">
+        <v>40000</v>
+      </c>
+      <c r="G1705" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1705">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1706" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1706" t="s">
+        <v>273</v>
+      </c>
+      <c r="B1706" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1706" t="s">
+        <v>81</v>
+      </c>
+      <c r="D1706" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1706" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1706">
+        <v>50000</v>
+      </c>
+      <c r="G1706" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1706">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1707" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1707" t="s">
+        <v>253</v>
+      </c>
+      <c r="B1707" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1707" t="s">
+        <v>178</v>
+      </c>
+      <c r="D1707" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1707" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1707">
+        <v>20000</v>
+      </c>
+      <c r="G1707" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1707">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1708" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1708" t="s">
+        <v>141</v>
+      </c>
+      <c r="B1708" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1708" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1708" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1708" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1708">
+        <v>40000</v>
+      </c>
+      <c r="G1708" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1708">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1709" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1709" t="s">
+        <v>145</v>
+      </c>
+      <c r="B1709" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1709" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1709" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1709" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1709">
+        <v>20000</v>
+      </c>
+      <c r="G1709" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1709">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1710" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1710" t="s">
+        <v>254</v>
+      </c>
+      <c r="B1710" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1710" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1710" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1710" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1710">
+        <v>25000</v>
+      </c>
+      <c r="G1710" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1710">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1711" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1711" t="s">
+        <v>257</v>
+      </c>
+      <c r="B1711" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1711" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1711" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1711" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1711">
+        <v>30000</v>
+      </c>
+      <c r="G1711" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1711">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1712" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1712" t="s">
+        <v>300</v>
+      </c>
+      <c r="B1712" t="s">
+        <v>188</v>
+      </c>
+      <c r="C1712" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1712" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1712" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1712">
+        <v>35000</v>
+      </c>
+      <c r="G1712" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1712">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1713" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1713" t="s">
+        <v>258</v>
+      </c>
+      <c r="B1713" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1713" t="s">
+        <v>259</v>
+      </c>
+      <c r="D1713" t="s">
+        <v>192</v>
+      </c>
+      <c r="E1713" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1713">
+        <v>90000</v>
+      </c>
+      <c r="G1713" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1713">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1714" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1714" t="s">
+        <v>260</v>
+      </c>
+      <c r="B1714" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1714" t="s">
+        <v>230</v>
+      </c>
+      <c r="D1714" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1714" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1714">
+        <v>30000</v>
+      </c>
+      <c r="G1714" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1714">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1715" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1715" t="s">
+        <v>287</v>
+      </c>
+      <c r="B1715" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1715" t="s">
+        <v>288</v>
+      </c>
+      <c r="D1715" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1715" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1715">
+        <v>65000</v>
+      </c>
+      <c r="G1715" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1715">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1716" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1716" t="s">
+        <v>261</v>
+      </c>
+      <c r="B1716" t="s">
+        <v>187</v>
+      </c>
+      <c r="C1716" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1716" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1716" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1716">
+        <v>25000</v>
+      </c>
+      <c r="G1716" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1716">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1717" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1717" t="s">
+        <v>274</v>
+      </c>
+      <c r="B1717" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1717" t="s">
+        <v>311</v>
+      </c>
+      <c r="D1717" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1717" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1717">
+        <v>40000</v>
+      </c>
+      <c r="G1717" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1717">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1718" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1718" t="s">
+        <v>277</v>
+      </c>
+      <c r="B1718" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1718" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1718" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1718" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1718">
+        <v>25000</v>
+      </c>
+      <c r="G1718" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1718">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1719" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1719" t="s">
+        <v>263</v>
+      </c>
+      <c r="B1719" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1719" t="s">
+        <v>170</v>
+      </c>
+      <c r="D1719" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1719" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1719">
+        <v>20000</v>
+      </c>
+      <c r="G1719" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1719">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1720" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1720" t="s">
+        <v>264</v>
+      </c>
+      <c r="B1720" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1720" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1720" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1720" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1720">
+        <v>45000</v>
+      </c>
+      <c r="G1720" t="s">
+        <v>285</v>
+      </c>
+      <c r="H1720">
         <v>2025</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="19" type="noConversion"/>
   <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>DA Septiembre Fijos 2025</vt:lpstr>
+      <vt:lpstr>DA Octubre Fijos 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Miriam Emilia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>