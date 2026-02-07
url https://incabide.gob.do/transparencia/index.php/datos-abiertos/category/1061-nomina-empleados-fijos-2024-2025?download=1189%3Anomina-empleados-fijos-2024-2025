--- v1 (2025-12-07)
+++ v2 (2026-02-07)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ocabidgod-my.sharepoint.com/personal/oai_incabide_gob_do/Documents/2025/Informaciones del Portal/Octubre/OAI/Datos Abiertos/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ocabidgod-my.sharepoint.com/personal/oai_incabide_gob_do/Documents/2026/Informaciones del Portal/Enero/OAI/Datos Abiertos/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="28" documentId="8_{CC338482-8BCE-4C74-A83B-B810B85DC837}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7FF16F10-58C8-4A7E-A4B8-7443CE59FAB5}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{14487DA8-2513-44A8-A847-81677936DC3C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{8DAC81AB-40DF-4AEC-B196-5EFFA1CA6622}"/>
   </bookViews>
   <sheets>
-    <sheet name="DA Octubre Fijos 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="DA Enero Fijos 2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10322" uniqueCount="313">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11750" uniqueCount="316">
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>DEPARTAMENTO</t>
   </si>
   <si>
     <t>CARGO</t>
   </si>
   <si>
     <t>ESTATUS</t>
   </si>
   <si>
     <t>GENERO</t>
   </si>
   <si>
     <t>SUELDO BRUTO</t>
   </si>
   <si>
     <t>MES</t>
   </si>
   <si>
     <t>ANO</t>
   </si>
   <si>
@@ -967,50 +967,59 @@
   </si>
   <si>
     <t>JILMERIS DE LA CRUZ</t>
   </si>
   <si>
     <t>INSPECTORA PROVINCIAL</t>
   </si>
   <si>
     <t>JOSE ARIEL EUSEBIO LUCIANO</t>
   </si>
   <si>
     <t>DIVISION TECNICA</t>
   </si>
   <si>
     <t>SECCION DE ALMACEN Y SUMINISTRO</t>
   </si>
   <si>
     <t>TECNICO ADMINISTRATIVO</t>
   </si>
   <si>
     <t>TECNICO DE ACCESO A LA INFORMACION</t>
   </si>
   <si>
     <t>IVETTE EUGENIA SANTOS HERNANDEZ</t>
   </si>
+  <si>
+    <t>ADRIANA MEDINA</t>
+  </si>
+  <si>
+    <t>SECCION DE PRESUPUESTO</t>
+  </si>
+  <si>
+    <t>ENCARGADA SECCION DE PRESUPUESTO</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -1813,54 +1822,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{24C3EA4C-B2BB-4C75-8EE6-E0D8F789D78D}">
-  <dimension ref="A1:H1720"/>
+  <dimension ref="A1:H1958"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A1695" workbookViewId="0">
-      <selection activeCell="A1721" sqref="A1721"/>
+    <sheetView tabSelected="1" topLeftCell="A1856" workbookViewId="0">
+      <selection activeCell="B1958" sqref="B1958"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="1"/>
     <col min="2" max="2" width="10.6640625" customWidth="1"/>
     <col min="3" max="3" width="10" customWidth="1"/>
     <col min="5" max="5" width="12.44140625" customWidth="1"/>
     <col min="6" max="6" width="8.5546875" customWidth="1"/>
     <col min="7" max="7" width="10.88671875" customWidth="1"/>
     <col min="8" max="8" width="7.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -46548,68 +46557,6256 @@
     </row>
     <row r="1720" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A1720" t="s">
         <v>264</v>
       </c>
       <c r="B1720" t="s">
         <v>186</v>
       </c>
       <c r="C1720" t="s">
         <v>83</v>
       </c>
       <c r="D1720" t="s">
         <v>159</v>
       </c>
       <c r="E1720" t="s">
         <v>163</v>
       </c>
       <c r="F1720">
         <v>45000</v>
       </c>
       <c r="G1720" t="s">
         <v>285</v>
       </c>
       <c r="H1720">
         <v>2025</v>
+      </c>
+    </row>
+    <row r="1721" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1721" t="s">
+        <v>313</v>
+      </c>
+      <c r="B1721" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1721" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1721" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1721" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1721">
+        <v>35000</v>
+      </c>
+      <c r="G1721" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1721">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1722" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1722" t="s">
+        <v>8</v>
+      </c>
+      <c r="B1722" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1722" t="s">
+        <v>158</v>
+      </c>
+      <c r="D1722" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1722" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1722">
+        <v>30000</v>
+      </c>
+      <c r="G1722" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1722">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1723" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1723" t="s">
+        <v>14</v>
+      </c>
+      <c r="B1723" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1723" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1723" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1723" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1723">
+        <v>20000</v>
+      </c>
+      <c r="G1723" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1723">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1724" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1724" t="s">
+        <v>271</v>
+      </c>
+      <c r="B1724" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1724" t="s">
+        <v>165</v>
+      </c>
+      <c r="D1724" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1724" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1724">
+        <v>20000</v>
+      </c>
+      <c r="G1724" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1724">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1725" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1725" t="s">
+        <v>166</v>
+      </c>
+      <c r="B1725" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1725" t="s">
+        <v>158</v>
+      </c>
+      <c r="D1725" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1725" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1725">
+        <v>35000</v>
+      </c>
+      <c r="G1725" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1725">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1726" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1726" t="s">
+        <v>293</v>
+      </c>
+      <c r="B1726" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1726" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1726" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1726" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1726">
+        <v>35000</v>
+      </c>
+      <c r="G1726" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1726">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1727" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1727" t="s">
+        <v>169</v>
+      </c>
+      <c r="B1727" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1727" t="s">
+        <v>170</v>
+      </c>
+      <c r="D1727" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1727" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1727">
+        <v>20000</v>
+      </c>
+      <c r="G1727" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1727">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1728" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1728" t="s">
+        <v>301</v>
+      </c>
+      <c r="B1728" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1728" t="s">
+        <v>302</v>
+      </c>
+      <c r="D1728" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1728" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1728">
+        <v>20000</v>
+      </c>
+      <c r="G1728" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1728">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1729" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1729" t="s">
+        <v>171</v>
+      </c>
+      <c r="B1729" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1729" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1729" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1729" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1729">
+        <v>20000</v>
+      </c>
+      <c r="G1729" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1729">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1730" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1730" t="s">
+        <v>276</v>
+      </c>
+      <c r="B1730" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1730" t="s">
+        <v>46</v>
+      </c>
+      <c r="D1730" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1730" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1730">
+        <v>25000</v>
+      </c>
+      <c r="G1730" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1730">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1731" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1731" t="s">
+        <v>27</v>
+      </c>
+      <c r="B1731" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1731" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1731" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1731" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1731">
+        <v>25000</v>
+      </c>
+      <c r="G1731" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1731">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1732" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1732" t="s">
+        <v>283</v>
+      </c>
+      <c r="B1732" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1732" t="s">
+        <v>158</v>
+      </c>
+      <c r="D1732" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1732" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1732">
+        <v>25000</v>
+      </c>
+      <c r="G1732" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1732">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1733" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1733" t="s">
+        <v>176</v>
+      </c>
+      <c r="B1733" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1733" t="s">
+        <v>178</v>
+      </c>
+      <c r="D1733" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1733" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1733">
+        <v>20000</v>
+      </c>
+      <c r="G1733" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1733">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1734" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1734" t="s">
+        <v>179</v>
+      </c>
+      <c r="B1734" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1734" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1734" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1734" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1734">
+        <v>20000</v>
+      </c>
+      <c r="G1734" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1734">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1735" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1735" t="s">
+        <v>180</v>
+      </c>
+      <c r="B1735" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1735" t="s">
+        <v>181</v>
+      </c>
+      <c r="D1735" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1735" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1735">
+        <v>45000</v>
+      </c>
+      <c r="G1735" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1735">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1736" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1736" t="s">
+        <v>182</v>
+      </c>
+      <c r="B1736" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1736" t="s">
+        <v>183</v>
+      </c>
+      <c r="D1736" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1736" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1736">
+        <v>25000</v>
+      </c>
+      <c r="G1736" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1736">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1737" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1737" t="s">
+        <v>184</v>
+      </c>
+      <c r="B1737" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1737" t="s">
+        <v>185</v>
+      </c>
+      <c r="D1737" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1737" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1737">
+        <v>30000</v>
+      </c>
+      <c r="G1737" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1737">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1738" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1738" t="s">
+        <v>295</v>
+      </c>
+      <c r="B1738" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1738" t="s">
+        <v>296</v>
+      </c>
+      <c r="D1738" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1738" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1738">
+        <v>120000</v>
+      </c>
+      <c r="G1738" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1738">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1739" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1739" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1739" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1739" t="s">
+        <v>46</v>
+      </c>
+      <c r="D1739" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1739" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1739">
+        <v>25000</v>
+      </c>
+      <c r="G1739" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1739">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1740" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1740" t="s">
+        <v>47</v>
+      </c>
+      <c r="B1740" t="s">
+        <v>187</v>
+      </c>
+      <c r="C1740" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1740" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1740" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1740">
+        <v>30000</v>
+      </c>
+      <c r="G1740" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1740">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1741" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1741" t="s">
+        <v>289</v>
+      </c>
+      <c r="B1741" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1741" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1741" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1741" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1741">
+        <v>20000</v>
+      </c>
+      <c r="G1741" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1741">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1742" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1742" t="s">
+        <v>49</v>
+      </c>
+      <c r="B1742" t="s">
+        <v>188</v>
+      </c>
+      <c r="C1742" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1742" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1742" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1742">
+        <v>35000</v>
+      </c>
+      <c r="G1742" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1742">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1743" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1743" t="s">
+        <v>189</v>
+      </c>
+      <c r="B1743" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1743" t="s">
+        <v>190</v>
+      </c>
+      <c r="D1743" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1743" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1743">
+        <v>35000</v>
+      </c>
+      <c r="G1743" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1743">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1744" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1744" t="s">
+        <v>53</v>
+      </c>
+      <c r="B1744" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1744" t="s">
+        <v>55</v>
+      </c>
+      <c r="D1744" t="s">
+        <v>192</v>
+      </c>
+      <c r="E1744" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1744">
+        <v>140000</v>
+      </c>
+      <c r="G1744" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1744">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1745" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1745" t="s">
+        <v>193</v>
+      </c>
+      <c r="B1745" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1745" t="s">
+        <v>194</v>
+      </c>
+      <c r="D1745" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1745" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1745">
+        <v>45000</v>
+      </c>
+      <c r="G1745" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1745">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1746" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1746" t="s">
+        <v>195</v>
+      </c>
+      <c r="B1746" t="s">
+        <v>303</v>
+      </c>
+      <c r="C1746" t="s">
+        <v>304</v>
+      </c>
+      <c r="D1746" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1746" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1746">
+        <v>80000</v>
+      </c>
+      <c r="G1746" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1746">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1747" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1747" t="s">
+        <v>61</v>
+      </c>
+      <c r="B1747" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1747" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1747" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1747" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1747">
+        <v>30000</v>
+      </c>
+      <c r="G1747" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1747">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1748" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1748" t="s">
+        <v>312</v>
+      </c>
+      <c r="B1748" t="s">
+        <v>314</v>
+      </c>
+      <c r="C1748" t="s">
+        <v>315</v>
+      </c>
+      <c r="D1748" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1748" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1748">
+        <v>80000</v>
+      </c>
+      <c r="G1748" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1748">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1749" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1749" t="s">
+        <v>292</v>
+      </c>
+      <c r="B1749" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1749" t="s">
+        <v>302</v>
+      </c>
+      <c r="D1749" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1749" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1749">
+        <v>20000</v>
+      </c>
+      <c r="G1749" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1749">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1750" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1750" t="s">
+        <v>197</v>
+      </c>
+      <c r="B1750" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1750" t="s">
+        <v>93</v>
+      </c>
+      <c r="D1750" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1750" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1750">
+        <v>30000</v>
+      </c>
+      <c r="G1750" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1750">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1751" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1751" t="s">
+        <v>305</v>
+      </c>
+      <c r="B1751" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1751" t="s">
+        <v>306</v>
+      </c>
+      <c r="D1751" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1751" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1751">
+        <v>35000</v>
+      </c>
+      <c r="G1751" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1751">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1752" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1752" t="s">
+        <v>199</v>
+      </c>
+      <c r="B1752" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1752" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1752" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1752" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1752">
+        <v>20000</v>
+      </c>
+      <c r="G1752" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1752">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1753" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1753" t="s">
+        <v>307</v>
+      </c>
+      <c r="B1753" t="s">
+        <v>308</v>
+      </c>
+      <c r="C1753" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1753" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1753" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1753">
+        <v>35000</v>
+      </c>
+      <c r="G1753" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1753">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1754" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1754" t="s">
+        <v>67</v>
+      </c>
+      <c r="B1754" t="s">
+        <v>187</v>
+      </c>
+      <c r="C1754" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1754" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1754" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1754">
+        <v>25000</v>
+      </c>
+      <c r="G1754" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1754">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1755" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1755" t="s">
+        <v>200</v>
+      </c>
+      <c r="B1755" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1755" t="s">
+        <v>81</v>
+      </c>
+      <c r="D1755" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1755" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1755">
+        <v>45000</v>
+      </c>
+      <c r="G1755" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1755">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1756" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1756" t="s">
+        <v>272</v>
+      </c>
+      <c r="B1756" t="s">
+        <v>203</v>
+      </c>
+      <c r="C1756" t="s">
+        <v>204</v>
+      </c>
+      <c r="D1756" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1756" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1756">
+        <v>50000</v>
+      </c>
+      <c r="G1756" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1756">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1757" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1757" t="s">
+        <v>205</v>
+      </c>
+      <c r="B1757" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1757" t="s">
+        <v>206</v>
+      </c>
+      <c r="D1757" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1757" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1757">
+        <v>30000</v>
+      </c>
+      <c r="G1757" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1757">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1758" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1758" t="s">
+        <v>207</v>
+      </c>
+      <c r="B1758" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1758" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1758" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1758" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1758">
+        <v>25000</v>
+      </c>
+      <c r="G1758" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1758">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1759" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1759" t="s">
+        <v>80</v>
+      </c>
+      <c r="B1759" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1759" t="s">
+        <v>81</v>
+      </c>
+      <c r="D1759" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1759" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1759">
+        <v>35000</v>
+      </c>
+      <c r="G1759" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1759">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1760" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1760" t="s">
+        <v>82</v>
+      </c>
+      <c r="B1760" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1760" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1760" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1760" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1760">
+        <v>30000</v>
+      </c>
+      <c r="G1760" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1760">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1761" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1761" t="s">
+        <v>209</v>
+      </c>
+      <c r="B1761" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1761" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1761" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1761" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1761">
+        <v>37000</v>
+      </c>
+      <c r="G1761" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1761">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1762" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1762" t="s">
+        <v>210</v>
+      </c>
+      <c r="B1762" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1762" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1762" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1762" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1762">
+        <v>25000</v>
+      </c>
+      <c r="G1762" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1762">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1763" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1763" t="s">
+        <v>214</v>
+      </c>
+      <c r="B1763" t="s">
+        <v>90</v>
+      </c>
+      <c r="C1763" t="s">
+        <v>215</v>
+      </c>
+      <c r="D1763" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1763" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1763">
+        <v>30000</v>
+      </c>
+      <c r="G1763" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1763">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1764" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1764" t="s">
+        <v>92</v>
+      </c>
+      <c r="B1764" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1764" t="s">
+        <v>93</v>
+      </c>
+      <c r="D1764" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1764" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1764">
+        <v>35000</v>
+      </c>
+      <c r="G1764" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1764">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1765" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1765" t="s">
+        <v>94</v>
+      </c>
+      <c r="B1765" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1765" t="s">
+        <v>95</v>
+      </c>
+      <c r="D1765" t="s">
+        <v>216</v>
+      </c>
+      <c r="E1765" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1765">
+        <v>120000</v>
+      </c>
+      <c r="G1765" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1765">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1766" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1766" t="s">
+        <v>217</v>
+      </c>
+      <c r="B1766" t="s">
+        <v>309</v>
+      </c>
+      <c r="C1766" t="s">
+        <v>310</v>
+      </c>
+      <c r="D1766" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1766" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1766">
+        <v>45000</v>
+      </c>
+      <c r="G1766" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1766">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1767" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1767" t="s">
+        <v>219</v>
+      </c>
+      <c r="B1767" t="s">
+        <v>188</v>
+      </c>
+      <c r="C1767" t="s">
+        <v>220</v>
+      </c>
+      <c r="D1767" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1767" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1767">
+        <v>55000</v>
+      </c>
+      <c r="G1767" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1767">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1768" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1768" t="s">
+        <v>298</v>
+      </c>
+      <c r="B1768" t="s">
+        <v>299</v>
+      </c>
+      <c r="C1768" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1768" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1768" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1768">
+        <v>35000</v>
+      </c>
+      <c r="G1768" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1768">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1769" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1769" t="s">
+        <v>221</v>
+      </c>
+      <c r="B1769" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1769" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1769" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1769" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1769">
+        <v>20000</v>
+      </c>
+      <c r="G1769" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1769">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1770" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1770" t="s">
+        <v>224</v>
+      </c>
+      <c r="B1770" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1770" t="s">
+        <v>281</v>
+      </c>
+      <c r="D1770" t="s">
+        <v>226</v>
+      </c>
+      <c r="E1770" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1770">
+        <v>215000</v>
+      </c>
+      <c r="G1770" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1770">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1771" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1771" t="s">
+        <v>107</v>
+      </c>
+      <c r="B1771" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1771" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1771" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1771" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1771">
+        <v>25000</v>
+      </c>
+      <c r="G1771" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1771">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1772" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1772" t="s">
+        <v>227</v>
+      </c>
+      <c r="B1772" t="s">
+        <v>109</v>
+      </c>
+      <c r="C1772" t="s">
+        <v>228</v>
+      </c>
+      <c r="D1772" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1772" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1772">
+        <v>30000</v>
+      </c>
+      <c r="G1772" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1772">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1773" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1773" t="s">
+        <v>229</v>
+      </c>
+      <c r="B1773" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1773" t="s">
+        <v>230</v>
+      </c>
+      <c r="D1773" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1773" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1773">
+        <v>35000</v>
+      </c>
+      <c r="G1773" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1773">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1774" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1774" t="s">
+        <v>113</v>
+      </c>
+      <c r="B1774" t="s">
+        <v>187</v>
+      </c>
+      <c r="C1774" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1774" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1774" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1774">
+        <v>30000</v>
+      </c>
+      <c r="G1774" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1774">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1775" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1775" t="s">
+        <v>235</v>
+      </c>
+      <c r="B1775" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1775" t="s">
+        <v>178</v>
+      </c>
+      <c r="D1775" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1775" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1775">
+        <v>20000</v>
+      </c>
+      <c r="G1775" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1775">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1776" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1776" t="s">
+        <v>236</v>
+      </c>
+      <c r="B1776" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1776" t="s">
+        <v>237</v>
+      </c>
+      <c r="D1776" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1776" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1776">
+        <v>95000</v>
+      </c>
+      <c r="G1776" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1776">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1777" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1777" t="s">
+        <v>240</v>
+      </c>
+      <c r="B1777" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1777" t="s">
+        <v>241</v>
+      </c>
+      <c r="D1777" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1777" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1777">
+        <v>35000</v>
+      </c>
+      <c r="G1777" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1777">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1778" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1778" t="s">
+        <v>242</v>
+      </c>
+      <c r="B1778" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1778" t="s">
+        <v>170</v>
+      </c>
+      <c r="D1778" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1778" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1778">
+        <v>20000</v>
+      </c>
+      <c r="G1778" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1778">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1779" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1779" t="s">
+        <v>243</v>
+      </c>
+      <c r="B1779" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1779" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1779" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1779" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1779">
+        <v>35000</v>
+      </c>
+      <c r="G1779" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1779">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1780" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1780" t="s">
+        <v>244</v>
+      </c>
+      <c r="B1780" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1780" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1780" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1780" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1780">
+        <v>20000</v>
+      </c>
+      <c r="G1780" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1780">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1781" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1781" t="s">
+        <v>245</v>
+      </c>
+      <c r="B1781" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1781" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1781" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1781" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1781">
+        <v>25000</v>
+      </c>
+      <c r="G1781" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1781">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1782" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1782" t="s">
+        <v>246</v>
+      </c>
+      <c r="B1782" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1782" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1782" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1782" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1782">
+        <v>20000</v>
+      </c>
+      <c r="G1782" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1782">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1783" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1783" t="s">
+        <v>279</v>
+      </c>
+      <c r="B1783" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1783" t="s">
+        <v>230</v>
+      </c>
+      <c r="D1783" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1783" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1783">
+        <v>35000</v>
+      </c>
+      <c r="G1783" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1783">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1784" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1784" t="s">
+        <v>249</v>
+      </c>
+      <c r="B1784" t="s">
+        <v>248</v>
+      </c>
+      <c r="C1784" t="s">
+        <v>250</v>
+      </c>
+      <c r="D1784" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1784" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1784">
+        <v>25000</v>
+      </c>
+      <c r="G1784" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1784">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1785" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1785" t="s">
+        <v>137</v>
+      </c>
+      <c r="B1785" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1785" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1785" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1785" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1785">
+        <v>40000</v>
+      </c>
+      <c r="G1785" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1785">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1786" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1786" t="s">
+        <v>273</v>
+      </c>
+      <c r="B1786" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1786" t="s">
+        <v>81</v>
+      </c>
+      <c r="D1786" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1786" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1786">
+        <v>50000</v>
+      </c>
+      <c r="G1786" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1786">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1787" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1787" t="s">
+        <v>253</v>
+      </c>
+      <c r="B1787" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1787" t="s">
+        <v>178</v>
+      </c>
+      <c r="D1787" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1787" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1787">
+        <v>20000</v>
+      </c>
+      <c r="G1787" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1787">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1788" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1788" t="s">
+        <v>141</v>
+      </c>
+      <c r="B1788" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1788" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1788" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1788" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1788">
+        <v>40000</v>
+      </c>
+      <c r="G1788" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1788">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1789" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1789" t="s">
+        <v>145</v>
+      </c>
+      <c r="B1789" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1789" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1789" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1789" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1789">
+        <v>30000</v>
+      </c>
+      <c r="G1789" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1789">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1790" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1790" t="s">
+        <v>254</v>
+      </c>
+      <c r="B1790" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1790" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1790" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1790" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1790">
+        <v>25000</v>
+      </c>
+      <c r="G1790" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1790">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1791" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1791" t="s">
+        <v>257</v>
+      </c>
+      <c r="B1791" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1791" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1791" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1791" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1791">
+        <v>30000</v>
+      </c>
+      <c r="G1791" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1791">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1792" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1792" t="s">
+        <v>300</v>
+      </c>
+      <c r="B1792" t="s">
+        <v>188</v>
+      </c>
+      <c r="C1792" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1792" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1792" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1792">
+        <v>35000</v>
+      </c>
+      <c r="G1792" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1792">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1793" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1793" t="s">
+        <v>258</v>
+      </c>
+      <c r="B1793" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1793" t="s">
+        <v>259</v>
+      </c>
+      <c r="D1793" t="s">
+        <v>192</v>
+      </c>
+      <c r="E1793" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1793">
+        <v>90000</v>
+      </c>
+      <c r="G1793" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1793">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1794" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1794" t="s">
+        <v>260</v>
+      </c>
+      <c r="B1794" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1794" t="s">
+        <v>230</v>
+      </c>
+      <c r="D1794" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1794" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1794">
+        <v>30000</v>
+      </c>
+      <c r="G1794" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1794">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1795" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1795" t="s">
+        <v>287</v>
+      </c>
+      <c r="B1795" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1795" t="s">
+        <v>288</v>
+      </c>
+      <c r="D1795" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1795" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1795">
+        <v>65000</v>
+      </c>
+      <c r="G1795" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1795">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1796" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1796" t="s">
+        <v>261</v>
+      </c>
+      <c r="B1796" t="s">
+        <v>187</v>
+      </c>
+      <c r="C1796" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1796" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1796" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1796">
+        <v>25000</v>
+      </c>
+      <c r="G1796" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1796">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1797" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1797" t="s">
+        <v>274</v>
+      </c>
+      <c r="B1797" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1797" t="s">
+        <v>311</v>
+      </c>
+      <c r="D1797" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1797" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1797">
+        <v>40000</v>
+      </c>
+      <c r="G1797" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1797">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1798" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1798" t="s">
+        <v>277</v>
+      </c>
+      <c r="B1798" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1798" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1798" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1798" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1798">
+        <v>25000</v>
+      </c>
+      <c r="G1798" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1798">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1799" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1799" t="s">
+        <v>263</v>
+      </c>
+      <c r="B1799" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1799" t="s">
+        <v>170</v>
+      </c>
+      <c r="D1799" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1799" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1799">
+        <v>20000</v>
+      </c>
+      <c r="G1799" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1799">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1800" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1800" t="s">
+        <v>264</v>
+      </c>
+      <c r="B1800" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1800" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1800" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1800" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1800">
+        <v>45000</v>
+      </c>
+      <c r="G1800" t="s">
+        <v>286</v>
+      </c>
+      <c r="H1800">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1801" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1801" t="s">
+        <v>313</v>
+      </c>
+      <c r="B1801" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1801" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1801" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1801" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1801">
+        <v>35000</v>
+      </c>
+      <c r="G1801" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1801">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1802" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1802" t="s">
+        <v>8</v>
+      </c>
+      <c r="B1802" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1802" t="s">
+        <v>158</v>
+      </c>
+      <c r="D1802" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1802" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1802">
+        <v>30000</v>
+      </c>
+      <c r="G1802" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1802">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1803" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1803" t="s">
+        <v>14</v>
+      </c>
+      <c r="B1803" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1803" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1803" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1803" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1803">
+        <v>20000</v>
+      </c>
+      <c r="G1803" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1803">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1804" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1804" t="s">
+        <v>271</v>
+      </c>
+      <c r="B1804" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1804" t="s">
+        <v>165</v>
+      </c>
+      <c r="D1804" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1804" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1804">
+        <v>20000</v>
+      </c>
+      <c r="G1804" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1804">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1805" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1805" t="s">
+        <v>166</v>
+      </c>
+      <c r="B1805" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1805" t="s">
+        <v>158</v>
+      </c>
+      <c r="D1805" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1805" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1805">
+        <v>35000</v>
+      </c>
+      <c r="G1805" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1805">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1806" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1806" t="s">
+        <v>293</v>
+      </c>
+      <c r="B1806" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1806" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1806" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1806" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1806">
+        <v>35000</v>
+      </c>
+      <c r="G1806" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1806">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1807" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1807" t="s">
+        <v>169</v>
+      </c>
+      <c r="B1807" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1807" t="s">
+        <v>170</v>
+      </c>
+      <c r="D1807" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1807" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1807">
+        <v>20000</v>
+      </c>
+      <c r="G1807" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1807">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1808" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1808" t="s">
+        <v>301</v>
+      </c>
+      <c r="B1808" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1808" t="s">
+        <v>302</v>
+      </c>
+      <c r="D1808" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1808" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1808">
+        <v>20000</v>
+      </c>
+      <c r="G1808" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1808">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1809" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1809" t="s">
+        <v>171</v>
+      </c>
+      <c r="B1809" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1809" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1809" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1809" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1809">
+        <v>20000</v>
+      </c>
+      <c r="G1809" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1809">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1810" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1810" t="s">
+        <v>276</v>
+      </c>
+      <c r="B1810" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1810" t="s">
+        <v>46</v>
+      </c>
+      <c r="D1810" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1810" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1810">
+        <v>25000</v>
+      </c>
+      <c r="G1810" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1810">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1811" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1811" t="s">
+        <v>27</v>
+      </c>
+      <c r="B1811" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1811" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1811" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1811" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1811">
+        <v>25000</v>
+      </c>
+      <c r="G1811" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1811">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1812" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1812" t="s">
+        <v>283</v>
+      </c>
+      <c r="B1812" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1812" t="s">
+        <v>158</v>
+      </c>
+      <c r="D1812" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1812" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1812">
+        <v>25000</v>
+      </c>
+      <c r="G1812" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1812">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1813" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1813" t="s">
+        <v>176</v>
+      </c>
+      <c r="B1813" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1813" t="s">
+        <v>178</v>
+      </c>
+      <c r="D1813" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1813" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1813">
+        <v>20000</v>
+      </c>
+      <c r="G1813" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1813">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1814" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1814" t="s">
+        <v>179</v>
+      </c>
+      <c r="B1814" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1814" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1814" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1814" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1814">
+        <v>20000</v>
+      </c>
+      <c r="G1814" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1814">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1815" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1815" t="s">
+        <v>180</v>
+      </c>
+      <c r="B1815" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1815" t="s">
+        <v>181</v>
+      </c>
+      <c r="D1815" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1815" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1815">
+        <v>45000</v>
+      </c>
+      <c r="G1815" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1815">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1816" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1816" t="s">
+        <v>182</v>
+      </c>
+      <c r="B1816" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1816" t="s">
+        <v>183</v>
+      </c>
+      <c r="D1816" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1816" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1816">
+        <v>25000</v>
+      </c>
+      <c r="G1816" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1816">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1817" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1817" t="s">
+        <v>184</v>
+      </c>
+      <c r="B1817" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1817" t="s">
+        <v>185</v>
+      </c>
+      <c r="D1817" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1817" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1817">
+        <v>30000</v>
+      </c>
+      <c r="G1817" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1817">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1818" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1818" t="s">
+        <v>295</v>
+      </c>
+      <c r="B1818" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1818" t="s">
+        <v>296</v>
+      </c>
+      <c r="D1818" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1818" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1818">
+        <v>120000</v>
+      </c>
+      <c r="G1818" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1818">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1819" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1819" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1819" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1819" t="s">
+        <v>46</v>
+      </c>
+      <c r="D1819" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1819" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1819">
+        <v>25000</v>
+      </c>
+      <c r="G1819" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1819">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1820" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1820" t="s">
+        <v>47</v>
+      </c>
+      <c r="B1820" t="s">
+        <v>187</v>
+      </c>
+      <c r="C1820" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1820" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1820" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1820">
+        <v>30000</v>
+      </c>
+      <c r="G1820" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1820">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1821" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1821" t="s">
+        <v>289</v>
+      </c>
+      <c r="B1821" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1821" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1821" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1821" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1821">
+        <v>20000</v>
+      </c>
+      <c r="G1821" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1821">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1822" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1822" t="s">
+        <v>49</v>
+      </c>
+      <c r="B1822" t="s">
+        <v>188</v>
+      </c>
+      <c r="C1822" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1822" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1822" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1822">
+        <v>35000</v>
+      </c>
+      <c r="G1822" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1822">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1823" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1823" t="s">
+        <v>189</v>
+      </c>
+      <c r="B1823" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1823" t="s">
+        <v>190</v>
+      </c>
+      <c r="D1823" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1823" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1823">
+        <v>35000</v>
+      </c>
+      <c r="G1823" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1823">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1824" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1824" t="s">
+        <v>53</v>
+      </c>
+      <c r="B1824" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1824" t="s">
+        <v>55</v>
+      </c>
+      <c r="D1824" t="s">
+        <v>192</v>
+      </c>
+      <c r="E1824" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1824">
+        <v>140000</v>
+      </c>
+      <c r="G1824" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1824">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1825" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1825" t="s">
+        <v>193</v>
+      </c>
+      <c r="B1825" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1825" t="s">
+        <v>194</v>
+      </c>
+      <c r="D1825" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1825" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1825">
+        <v>45000</v>
+      </c>
+      <c r="G1825" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1825">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1826" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1826" t="s">
+        <v>195</v>
+      </c>
+      <c r="B1826" t="s">
+        <v>303</v>
+      </c>
+      <c r="C1826" t="s">
+        <v>304</v>
+      </c>
+      <c r="D1826" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1826" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1826">
+        <v>80000</v>
+      </c>
+      <c r="G1826" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1826">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1827" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1827" t="s">
+        <v>61</v>
+      </c>
+      <c r="B1827" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1827" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1827" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1827" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1827">
+        <v>30000</v>
+      </c>
+      <c r="G1827" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1827">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1828" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1828" t="s">
+        <v>312</v>
+      </c>
+      <c r="B1828" t="s">
+        <v>314</v>
+      </c>
+      <c r="C1828" t="s">
+        <v>315</v>
+      </c>
+      <c r="D1828" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1828" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1828">
+        <v>80000</v>
+      </c>
+      <c r="G1828" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1828">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1829" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1829" t="s">
+        <v>292</v>
+      </c>
+      <c r="B1829" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1829" t="s">
+        <v>302</v>
+      </c>
+      <c r="D1829" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1829" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1829">
+        <v>20000</v>
+      </c>
+      <c r="G1829" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1829">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1830" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1830" t="s">
+        <v>197</v>
+      </c>
+      <c r="B1830" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1830" t="s">
+        <v>93</v>
+      </c>
+      <c r="D1830" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1830" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1830">
+        <v>30000</v>
+      </c>
+      <c r="G1830" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1830">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1831" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1831" t="s">
+        <v>305</v>
+      </c>
+      <c r="B1831" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1831" t="s">
+        <v>306</v>
+      </c>
+      <c r="D1831" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1831" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1831">
+        <v>35000</v>
+      </c>
+      <c r="G1831" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1831">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1832" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1832" t="s">
+        <v>199</v>
+      </c>
+      <c r="B1832" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1832" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1832" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1832" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1832">
+        <v>20000</v>
+      </c>
+      <c r="G1832" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1832">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1833" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1833" t="s">
+        <v>307</v>
+      </c>
+      <c r="B1833" t="s">
+        <v>308</v>
+      </c>
+      <c r="C1833" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1833" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1833" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1833">
+        <v>35000</v>
+      </c>
+      <c r="G1833" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1833">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1834" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1834" t="s">
+        <v>67</v>
+      </c>
+      <c r="B1834" t="s">
+        <v>187</v>
+      </c>
+      <c r="C1834" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1834" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1834" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1834">
+        <v>25000</v>
+      </c>
+      <c r="G1834" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1834">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1835" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1835" t="s">
+        <v>200</v>
+      </c>
+      <c r="B1835" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1835" t="s">
+        <v>81</v>
+      </c>
+      <c r="D1835" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1835" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1835">
+        <v>45000</v>
+      </c>
+      <c r="G1835" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1835">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1836" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1836" t="s">
+        <v>272</v>
+      </c>
+      <c r="B1836" t="s">
+        <v>203</v>
+      </c>
+      <c r="C1836" t="s">
+        <v>204</v>
+      </c>
+      <c r="D1836" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1836" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1836">
+        <v>50000</v>
+      </c>
+      <c r="G1836" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1836">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1837" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1837" t="s">
+        <v>205</v>
+      </c>
+      <c r="B1837" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1837" t="s">
+        <v>206</v>
+      </c>
+      <c r="D1837" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1837" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1837">
+        <v>30000</v>
+      </c>
+      <c r="G1837" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1837">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1838" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1838" t="s">
+        <v>207</v>
+      </c>
+      <c r="B1838" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1838" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1838" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1838" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1838">
+        <v>25000</v>
+      </c>
+      <c r="G1838" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1838">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1839" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1839" t="s">
+        <v>80</v>
+      </c>
+      <c r="B1839" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1839" t="s">
+        <v>81</v>
+      </c>
+      <c r="D1839" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1839" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1839">
+        <v>35000</v>
+      </c>
+      <c r="G1839" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1839">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1840" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1840" t="s">
+        <v>82</v>
+      </c>
+      <c r="B1840" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1840" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1840" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1840" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1840">
+        <v>30000</v>
+      </c>
+      <c r="G1840" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1840">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1841" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1841" t="s">
+        <v>209</v>
+      </c>
+      <c r="B1841" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1841" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1841" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1841" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1841">
+        <v>37000</v>
+      </c>
+      <c r="G1841" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1841">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1842" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1842" t="s">
+        <v>210</v>
+      </c>
+      <c r="B1842" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1842" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1842" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1842" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1842">
+        <v>25000</v>
+      </c>
+      <c r="G1842" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1842">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1843" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1843" t="s">
+        <v>214</v>
+      </c>
+      <c r="B1843" t="s">
+        <v>90</v>
+      </c>
+      <c r="C1843" t="s">
+        <v>215</v>
+      </c>
+      <c r="D1843" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1843" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1843">
+        <v>30000</v>
+      </c>
+      <c r="G1843" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1843">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1844" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1844" t="s">
+        <v>92</v>
+      </c>
+      <c r="B1844" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1844" t="s">
+        <v>93</v>
+      </c>
+      <c r="D1844" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1844" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1844">
+        <v>35000</v>
+      </c>
+      <c r="G1844" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1844">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1845" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1845" t="s">
+        <v>94</v>
+      </c>
+      <c r="B1845" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1845" t="s">
+        <v>95</v>
+      </c>
+      <c r="D1845" t="s">
+        <v>216</v>
+      </c>
+      <c r="E1845" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1845">
+        <v>120000</v>
+      </c>
+      <c r="G1845" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1845">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1846" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1846" t="s">
+        <v>217</v>
+      </c>
+      <c r="B1846" t="s">
+        <v>309</v>
+      </c>
+      <c r="C1846" t="s">
+        <v>310</v>
+      </c>
+      <c r="D1846" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1846" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1846">
+        <v>45000</v>
+      </c>
+      <c r="G1846" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1846">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1847" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1847" t="s">
+        <v>219</v>
+      </c>
+      <c r="B1847" t="s">
+        <v>188</v>
+      </c>
+      <c r="C1847" t="s">
+        <v>220</v>
+      </c>
+      <c r="D1847" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1847" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1847">
+        <v>55000</v>
+      </c>
+      <c r="G1847" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1847">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1848" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1848" t="s">
+        <v>298</v>
+      </c>
+      <c r="B1848" t="s">
+        <v>299</v>
+      </c>
+      <c r="C1848" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1848" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1848" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1848">
+        <v>35000</v>
+      </c>
+      <c r="G1848" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1848">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1849" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1849" t="s">
+        <v>224</v>
+      </c>
+      <c r="B1849" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1849" t="s">
+        <v>281</v>
+      </c>
+      <c r="D1849" t="s">
+        <v>226</v>
+      </c>
+      <c r="E1849" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1849">
+        <v>215000</v>
+      </c>
+      <c r="G1849" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1849">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1850" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1850" t="s">
+        <v>107</v>
+      </c>
+      <c r="B1850" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1850" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1850" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1850" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1850">
+        <v>25000</v>
+      </c>
+      <c r="G1850" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1850">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1851" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1851" t="s">
+        <v>227</v>
+      </c>
+      <c r="B1851" t="s">
+        <v>109</v>
+      </c>
+      <c r="C1851" t="s">
+        <v>228</v>
+      </c>
+      <c r="D1851" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1851" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1851">
+        <v>30000</v>
+      </c>
+      <c r="G1851" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1851">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1852" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1852" t="s">
+        <v>229</v>
+      </c>
+      <c r="B1852" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1852" t="s">
+        <v>230</v>
+      </c>
+      <c r="D1852" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1852" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1852">
+        <v>35000</v>
+      </c>
+      <c r="G1852" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1852">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1853" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1853" t="s">
+        <v>113</v>
+      </c>
+      <c r="B1853" t="s">
+        <v>187</v>
+      </c>
+      <c r="C1853" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1853" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1853" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1853">
+        <v>30000</v>
+      </c>
+      <c r="G1853" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1853">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1854" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1854" t="s">
+        <v>235</v>
+      </c>
+      <c r="B1854" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1854" t="s">
+        <v>178</v>
+      </c>
+      <c r="D1854" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1854" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1854">
+        <v>20000</v>
+      </c>
+      <c r="G1854" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1854">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1855" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1855" t="s">
+        <v>236</v>
+      </c>
+      <c r="B1855" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1855" t="s">
+        <v>237</v>
+      </c>
+      <c r="D1855" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1855" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1855">
+        <v>95000</v>
+      </c>
+      <c r="G1855" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1855">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1856" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1856" t="s">
+        <v>240</v>
+      </c>
+      <c r="B1856" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1856" t="s">
+        <v>241</v>
+      </c>
+      <c r="D1856" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1856" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1856">
+        <v>35000</v>
+      </c>
+      <c r="G1856" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1856">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1857" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1857" t="s">
+        <v>242</v>
+      </c>
+      <c r="B1857" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1857" t="s">
+        <v>170</v>
+      </c>
+      <c r="D1857" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1857" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1857">
+        <v>20000</v>
+      </c>
+      <c r="G1857" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1857">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1858" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1858" t="s">
+        <v>243</v>
+      </c>
+      <c r="B1858" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1858" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1858" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1858" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1858">
+        <v>35000</v>
+      </c>
+      <c r="G1858" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1858">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1859" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1859" t="s">
+        <v>244</v>
+      </c>
+      <c r="B1859" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1859" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1859" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1859" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1859">
+        <v>20000</v>
+      </c>
+      <c r="G1859" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1859">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1860" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1860" t="s">
+        <v>245</v>
+      </c>
+      <c r="B1860" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1860" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1860" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1860" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1860">
+        <v>25000</v>
+      </c>
+      <c r="G1860" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1860">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1861" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1861" t="s">
+        <v>246</v>
+      </c>
+      <c r="B1861" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1861" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1861" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1861" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1861">
+        <v>20000</v>
+      </c>
+      <c r="G1861" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1861">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1862" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1862" t="s">
+        <v>279</v>
+      </c>
+      <c r="B1862" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1862" t="s">
+        <v>230</v>
+      </c>
+      <c r="D1862" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1862" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1862">
+        <v>35000</v>
+      </c>
+      <c r="G1862" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1862">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1863" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1863" t="s">
+        <v>249</v>
+      </c>
+      <c r="B1863" t="s">
+        <v>248</v>
+      </c>
+      <c r="C1863" t="s">
+        <v>250</v>
+      </c>
+      <c r="D1863" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1863" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1863">
+        <v>25000</v>
+      </c>
+      <c r="G1863" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1863">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1864" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1864" t="s">
+        <v>137</v>
+      </c>
+      <c r="B1864" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1864" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1864" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1864" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1864">
+        <v>40000</v>
+      </c>
+      <c r="G1864" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1864">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1865" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1865" t="s">
+        <v>273</v>
+      </c>
+      <c r="B1865" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1865" t="s">
+        <v>81</v>
+      </c>
+      <c r="D1865" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1865" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1865">
+        <v>50000</v>
+      </c>
+      <c r="G1865" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1865">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1866" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1866" t="s">
+        <v>253</v>
+      </c>
+      <c r="B1866" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1866" t="s">
+        <v>178</v>
+      </c>
+      <c r="D1866" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1866" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1866">
+        <v>20000</v>
+      </c>
+      <c r="G1866" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1866">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1867" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1867" t="s">
+        <v>141</v>
+      </c>
+      <c r="B1867" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1867" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1867" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1867" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1867">
+        <v>40000</v>
+      </c>
+      <c r="G1867" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1867">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1868" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1868" t="s">
+        <v>145</v>
+      </c>
+      <c r="B1868" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1868" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1868" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1868" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1868">
+        <v>30000</v>
+      </c>
+      <c r="G1868" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1868">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1869" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1869" t="s">
+        <v>254</v>
+      </c>
+      <c r="B1869" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1869" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1869" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1869" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1869">
+        <v>25000</v>
+      </c>
+      <c r="G1869" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1869">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1870" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1870" t="s">
+        <v>257</v>
+      </c>
+      <c r="B1870" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1870" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1870" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1870" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1870">
+        <v>30000</v>
+      </c>
+      <c r="G1870" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1870">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1871" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1871" t="s">
+        <v>300</v>
+      </c>
+      <c r="B1871" t="s">
+        <v>188</v>
+      </c>
+      <c r="C1871" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1871" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1871" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1871">
+        <v>35000</v>
+      </c>
+      <c r="G1871" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1871">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1872" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1872" t="s">
+        <v>258</v>
+      </c>
+      <c r="B1872" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1872" t="s">
+        <v>259</v>
+      </c>
+      <c r="D1872" t="s">
+        <v>192</v>
+      </c>
+      <c r="E1872" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1872">
+        <v>90000</v>
+      </c>
+      <c r="G1872" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1872">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1873" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1873" t="s">
+        <v>260</v>
+      </c>
+      <c r="B1873" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1873" t="s">
+        <v>230</v>
+      </c>
+      <c r="D1873" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1873" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1873">
+        <v>30000</v>
+      </c>
+      <c r="G1873" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1873">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1874" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1874" t="s">
+        <v>287</v>
+      </c>
+      <c r="B1874" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1874" t="s">
+        <v>288</v>
+      </c>
+      <c r="D1874" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1874" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1874">
+        <v>65000</v>
+      </c>
+      <c r="G1874" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1874">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1875" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1875" t="s">
+        <v>261</v>
+      </c>
+      <c r="B1875" t="s">
+        <v>187</v>
+      </c>
+      <c r="C1875" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1875" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1875" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1875">
+        <v>25000</v>
+      </c>
+      <c r="G1875" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1875">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1876" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1876" t="s">
+        <v>274</v>
+      </c>
+      <c r="B1876" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1876" t="s">
+        <v>311</v>
+      </c>
+      <c r="D1876" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1876" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1876">
+        <v>40000</v>
+      </c>
+      <c r="G1876" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1876">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1877" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1877" t="s">
+        <v>277</v>
+      </c>
+      <c r="B1877" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1877" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1877" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1877" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1877">
+        <v>25000</v>
+      </c>
+      <c r="G1877" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1877">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1878" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1878" t="s">
+        <v>263</v>
+      </c>
+      <c r="B1878" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1878" t="s">
+        <v>170</v>
+      </c>
+      <c r="D1878" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1878" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1878">
+        <v>20000</v>
+      </c>
+      <c r="G1878" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1878">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1879" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1879" t="s">
+        <v>264</v>
+      </c>
+      <c r="B1879" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1879" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1879" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1879" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1879">
+        <v>45000</v>
+      </c>
+      <c r="G1879" t="s">
+        <v>290</v>
+      </c>
+      <c r="H1879">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1880" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1880" t="s">
+        <v>313</v>
+      </c>
+      <c r="B1880" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1880" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1880" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1880" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1880">
+        <v>35000</v>
+      </c>
+      <c r="G1880" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1880">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1881" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1881" t="s">
+        <v>8</v>
+      </c>
+      <c r="B1881" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1881" t="s">
+        <v>158</v>
+      </c>
+      <c r="D1881" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1881" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1881">
+        <v>30000</v>
+      </c>
+      <c r="G1881" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1881">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1882" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1882" t="s">
+        <v>14</v>
+      </c>
+      <c r="B1882" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1882" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1882" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1882" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1882">
+        <v>20000</v>
+      </c>
+      <c r="G1882" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1882">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1883" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1883" t="s">
+        <v>271</v>
+      </c>
+      <c r="B1883" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1883" t="s">
+        <v>165</v>
+      </c>
+      <c r="D1883" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1883" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1883">
+        <v>20000</v>
+      </c>
+      <c r="G1883" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1883">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1884" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1884" t="s">
+        <v>166</v>
+      </c>
+      <c r="B1884" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1884" t="s">
+        <v>158</v>
+      </c>
+      <c r="D1884" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1884" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1884">
+        <v>35000</v>
+      </c>
+      <c r="G1884" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1884">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1885" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1885" t="s">
+        <v>293</v>
+      </c>
+      <c r="B1885" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1885" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1885" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1885" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1885">
+        <v>35000</v>
+      </c>
+      <c r="G1885" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1885">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1886" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1886" t="s">
+        <v>169</v>
+      </c>
+      <c r="B1886" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1886" t="s">
+        <v>170</v>
+      </c>
+      <c r="D1886" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1886" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1886">
+        <v>20000</v>
+      </c>
+      <c r="G1886" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1886">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1887" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1887" t="s">
+        <v>301</v>
+      </c>
+      <c r="B1887" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1887" t="s">
+        <v>302</v>
+      </c>
+      <c r="D1887" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1887" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1887">
+        <v>20000</v>
+      </c>
+      <c r="G1887" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1887">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1888" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1888" t="s">
+        <v>171</v>
+      </c>
+      <c r="B1888" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1888" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1888" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1888" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1888">
+        <v>20000</v>
+      </c>
+      <c r="G1888" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1888">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1889" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1889" t="s">
+        <v>276</v>
+      </c>
+      <c r="B1889" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1889" t="s">
+        <v>46</v>
+      </c>
+      <c r="D1889" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1889" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1889">
+        <v>25000</v>
+      </c>
+      <c r="G1889" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1889">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1890" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1890" t="s">
+        <v>27</v>
+      </c>
+      <c r="B1890" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1890" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1890" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1890" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1890">
+        <v>25000</v>
+      </c>
+      <c r="G1890" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1890">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1891" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1891" t="s">
+        <v>283</v>
+      </c>
+      <c r="B1891" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1891" t="s">
+        <v>158</v>
+      </c>
+      <c r="D1891" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1891" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1891">
+        <v>25000</v>
+      </c>
+      <c r="G1891" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1891">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1892" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1892" t="s">
+        <v>176</v>
+      </c>
+      <c r="B1892" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1892" t="s">
+        <v>178</v>
+      </c>
+      <c r="D1892" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1892" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1892">
+        <v>20000</v>
+      </c>
+      <c r="G1892" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1892">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1893" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1893" t="s">
+        <v>179</v>
+      </c>
+      <c r="B1893" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1893" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1893" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1893" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1893">
+        <v>20000</v>
+      </c>
+      <c r="G1893" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1893">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1894" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1894" t="s">
+        <v>180</v>
+      </c>
+      <c r="B1894" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1894" t="s">
+        <v>181</v>
+      </c>
+      <c r="D1894" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1894" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1894">
+        <v>45000</v>
+      </c>
+      <c r="G1894" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1894">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1895" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1895" t="s">
+        <v>182</v>
+      </c>
+      <c r="B1895" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1895" t="s">
+        <v>183</v>
+      </c>
+      <c r="D1895" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1895" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1895">
+        <v>25000</v>
+      </c>
+      <c r="G1895" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1895">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1896" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1896" t="s">
+        <v>184</v>
+      </c>
+      <c r="B1896" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1896" t="s">
+        <v>185</v>
+      </c>
+      <c r="D1896" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1896" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1896">
+        <v>30000</v>
+      </c>
+      <c r="G1896" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1896">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1897" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1897" t="s">
+        <v>295</v>
+      </c>
+      <c r="B1897" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1897" t="s">
+        <v>296</v>
+      </c>
+      <c r="D1897" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1897" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1897">
+        <v>120000</v>
+      </c>
+      <c r="G1897" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1897">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1898" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1898" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1898" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1898" t="s">
+        <v>46</v>
+      </c>
+      <c r="D1898" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1898" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1898">
+        <v>25000</v>
+      </c>
+      <c r="G1898" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1898">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1899" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1899" t="s">
+        <v>47</v>
+      </c>
+      <c r="B1899" t="s">
+        <v>187</v>
+      </c>
+      <c r="C1899" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1899" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1899" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1899">
+        <v>30000</v>
+      </c>
+      <c r="G1899" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1899">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1900" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1900" t="s">
+        <v>289</v>
+      </c>
+      <c r="B1900" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1900" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1900" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1900" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1900">
+        <v>20000</v>
+      </c>
+      <c r="G1900" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1900">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1901" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1901" t="s">
+        <v>49</v>
+      </c>
+      <c r="B1901" t="s">
+        <v>188</v>
+      </c>
+      <c r="C1901" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1901" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1901" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1901">
+        <v>35000</v>
+      </c>
+      <c r="G1901" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1901">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1902" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1902" t="s">
+        <v>189</v>
+      </c>
+      <c r="B1902" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1902" t="s">
+        <v>190</v>
+      </c>
+      <c r="D1902" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1902" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1902">
+        <v>35000</v>
+      </c>
+      <c r="G1902" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1902">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1903" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1903" t="s">
+        <v>53</v>
+      </c>
+      <c r="B1903" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1903" t="s">
+        <v>55</v>
+      </c>
+      <c r="D1903" t="s">
+        <v>192</v>
+      </c>
+      <c r="E1903" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1903">
+        <v>140000</v>
+      </c>
+      <c r="G1903" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1903">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1904" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1904" t="s">
+        <v>193</v>
+      </c>
+      <c r="B1904" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1904" t="s">
+        <v>194</v>
+      </c>
+      <c r="D1904" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1904" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1904">
+        <v>45000</v>
+      </c>
+      <c r="G1904" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1904">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1905" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1905" t="s">
+        <v>195</v>
+      </c>
+      <c r="B1905" t="s">
+        <v>303</v>
+      </c>
+      <c r="C1905" t="s">
+        <v>304</v>
+      </c>
+      <c r="D1905" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1905" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1905">
+        <v>80000</v>
+      </c>
+      <c r="G1905" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1905">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1906" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1906" t="s">
+        <v>61</v>
+      </c>
+      <c r="B1906" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1906" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1906" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1906" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1906">
+        <v>30000</v>
+      </c>
+      <c r="G1906" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1906">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1907" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1907" t="s">
+        <v>312</v>
+      </c>
+      <c r="B1907" t="s">
+        <v>314</v>
+      </c>
+      <c r="C1907" t="s">
+        <v>315</v>
+      </c>
+      <c r="D1907" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1907" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1907">
+        <v>80000</v>
+      </c>
+      <c r="G1907" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1907">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1908" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1908" t="s">
+        <v>292</v>
+      </c>
+      <c r="B1908" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1908" t="s">
+        <v>302</v>
+      </c>
+      <c r="D1908" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1908" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1908">
+        <v>20000</v>
+      </c>
+      <c r="G1908" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1908">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1909" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1909" t="s">
+        <v>197</v>
+      </c>
+      <c r="B1909" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1909" t="s">
+        <v>93</v>
+      </c>
+      <c r="D1909" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1909" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1909">
+        <v>30000</v>
+      </c>
+      <c r="G1909" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1909">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1910" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1910" t="s">
+        <v>305</v>
+      </c>
+      <c r="B1910" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1910" t="s">
+        <v>306</v>
+      </c>
+      <c r="D1910" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1910" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1910">
+        <v>35000</v>
+      </c>
+      <c r="G1910" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1910">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1911" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1911" t="s">
+        <v>199</v>
+      </c>
+      <c r="B1911" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1911" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1911" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1911" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1911">
+        <v>20000</v>
+      </c>
+      <c r="G1911" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1911">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1912" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1912" t="s">
+        <v>307</v>
+      </c>
+      <c r="B1912" t="s">
+        <v>308</v>
+      </c>
+      <c r="C1912" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1912" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1912" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1912">
+        <v>35000</v>
+      </c>
+      <c r="G1912" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1912">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1913" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1913" t="s">
+        <v>67</v>
+      </c>
+      <c r="B1913" t="s">
+        <v>187</v>
+      </c>
+      <c r="C1913" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1913" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1913" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1913">
+        <v>25000</v>
+      </c>
+      <c r="G1913" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1913">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1914" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1914" t="s">
+        <v>200</v>
+      </c>
+      <c r="B1914" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1914" t="s">
+        <v>81</v>
+      </c>
+      <c r="D1914" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1914" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1914">
+        <v>45000</v>
+      </c>
+      <c r="G1914" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1914">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1915" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1915" t="s">
+        <v>272</v>
+      </c>
+      <c r="B1915" t="s">
+        <v>203</v>
+      </c>
+      <c r="C1915" t="s">
+        <v>204</v>
+      </c>
+      <c r="D1915" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1915" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1915">
+        <v>50000</v>
+      </c>
+      <c r="G1915" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1915">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1916" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1916" t="s">
+        <v>205</v>
+      </c>
+      <c r="B1916" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1916" t="s">
+        <v>206</v>
+      </c>
+      <c r="D1916" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1916" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1916">
+        <v>30000</v>
+      </c>
+      <c r="G1916" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1916">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1917" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1917" t="s">
+        <v>207</v>
+      </c>
+      <c r="B1917" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1917" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1917" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1917" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1917">
+        <v>25000</v>
+      </c>
+      <c r="G1917" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1917">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1918" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1918" t="s">
+        <v>80</v>
+      </c>
+      <c r="B1918" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1918" t="s">
+        <v>81</v>
+      </c>
+      <c r="D1918" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1918" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1918">
+        <v>35000</v>
+      </c>
+      <c r="G1918" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1918">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1919" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1919" t="s">
+        <v>82</v>
+      </c>
+      <c r="B1919" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1919" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1919" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1919" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1919">
+        <v>30000</v>
+      </c>
+      <c r="G1919" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1919">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1920" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1920" t="s">
+        <v>209</v>
+      </c>
+      <c r="B1920" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1920" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1920" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1920" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1920">
+        <v>37000</v>
+      </c>
+      <c r="G1920" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1920">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1921" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1921" t="s">
+        <v>210</v>
+      </c>
+      <c r="B1921" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1921" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1921" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1921" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1921">
+        <v>25000</v>
+      </c>
+      <c r="G1921" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1921">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1922" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1922" t="s">
+        <v>214</v>
+      </c>
+      <c r="B1922" t="s">
+        <v>90</v>
+      </c>
+      <c r="C1922" t="s">
+        <v>215</v>
+      </c>
+      <c r="D1922" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1922" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1922">
+        <v>30000</v>
+      </c>
+      <c r="G1922" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1922">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1923" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1923" t="s">
+        <v>92</v>
+      </c>
+      <c r="B1923" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1923" t="s">
+        <v>93</v>
+      </c>
+      <c r="D1923" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1923" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1923">
+        <v>35000</v>
+      </c>
+      <c r="G1923" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1923">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1924" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1924" t="s">
+        <v>94</v>
+      </c>
+      <c r="B1924" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1924" t="s">
+        <v>95</v>
+      </c>
+      <c r="D1924" t="s">
+        <v>216</v>
+      </c>
+      <c r="E1924" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1924">
+        <v>120000</v>
+      </c>
+      <c r="G1924" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1924">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1925" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1925" t="s">
+        <v>217</v>
+      </c>
+      <c r="B1925" t="s">
+        <v>309</v>
+      </c>
+      <c r="C1925" t="s">
+        <v>310</v>
+      </c>
+      <c r="D1925" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1925" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1925">
+        <v>45000</v>
+      </c>
+      <c r="G1925" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1925">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1926" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1926" t="s">
+        <v>219</v>
+      </c>
+      <c r="B1926" t="s">
+        <v>188</v>
+      </c>
+      <c r="C1926" t="s">
+        <v>220</v>
+      </c>
+      <c r="D1926" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1926" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1926">
+        <v>55000</v>
+      </c>
+      <c r="G1926" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1926">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1927" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1927" t="s">
+        <v>298</v>
+      </c>
+      <c r="B1927" t="s">
+        <v>299</v>
+      </c>
+      <c r="C1927" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1927" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1927" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1927">
+        <v>35000</v>
+      </c>
+      <c r="G1927" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1927">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1928" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1928" t="s">
+        <v>224</v>
+      </c>
+      <c r="B1928" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1928" t="s">
+        <v>281</v>
+      </c>
+      <c r="D1928" t="s">
+        <v>226</v>
+      </c>
+      <c r="E1928" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1928">
+        <v>215000</v>
+      </c>
+      <c r="G1928" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1928">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1929" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1929" t="s">
+        <v>107</v>
+      </c>
+      <c r="B1929" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1929" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1929" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1929" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1929">
+        <v>25000</v>
+      </c>
+      <c r="G1929" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1929">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1930" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1930" t="s">
+        <v>227</v>
+      </c>
+      <c r="B1930" t="s">
+        <v>109</v>
+      </c>
+      <c r="C1930" t="s">
+        <v>228</v>
+      </c>
+      <c r="D1930" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1930" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1930">
+        <v>30000</v>
+      </c>
+      <c r="G1930" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1930">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1931" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1931" t="s">
+        <v>229</v>
+      </c>
+      <c r="B1931" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1931" t="s">
+        <v>230</v>
+      </c>
+      <c r="D1931" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1931" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1931">
+        <v>35000</v>
+      </c>
+      <c r="G1931" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1931">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1932" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1932" t="s">
+        <v>113</v>
+      </c>
+      <c r="B1932" t="s">
+        <v>187</v>
+      </c>
+      <c r="C1932" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1932" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1932" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1932">
+        <v>30000</v>
+      </c>
+      <c r="G1932" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1932">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1933" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1933" t="s">
+        <v>235</v>
+      </c>
+      <c r="B1933" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1933" t="s">
+        <v>178</v>
+      </c>
+      <c r="D1933" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1933" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1933">
+        <v>20000</v>
+      </c>
+      <c r="G1933" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1933">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1934" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1934" t="s">
+        <v>236</v>
+      </c>
+      <c r="B1934" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1934" t="s">
+        <v>237</v>
+      </c>
+      <c r="D1934" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1934" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1934">
+        <v>95000</v>
+      </c>
+      <c r="G1934" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1934">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1935" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1935" t="s">
+        <v>240</v>
+      </c>
+      <c r="B1935" t="s">
+        <v>157</v>
+      </c>
+      <c r="C1935" t="s">
+        <v>241</v>
+      </c>
+      <c r="D1935" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1935" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1935">
+        <v>35000</v>
+      </c>
+      <c r="G1935" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1935">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1936" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1936" t="s">
+        <v>242</v>
+      </c>
+      <c r="B1936" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1936" t="s">
+        <v>170</v>
+      </c>
+      <c r="D1936" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1936" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1936">
+        <v>20000</v>
+      </c>
+      <c r="G1936" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1936">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1937" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1937" t="s">
+        <v>243</v>
+      </c>
+      <c r="B1937" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1937" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1937" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1937" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1937">
+        <v>35000</v>
+      </c>
+      <c r="G1937" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1937">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1938" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1938" t="s">
+        <v>244</v>
+      </c>
+      <c r="B1938" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1938" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1938" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1938" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1938">
+        <v>20000</v>
+      </c>
+      <c r="G1938" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1938">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1939" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1939" t="s">
+        <v>245</v>
+      </c>
+      <c r="B1939" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1939" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1939" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1939" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1939">
+        <v>25000</v>
+      </c>
+      <c r="G1939" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1939">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1940" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1940" t="s">
+        <v>246</v>
+      </c>
+      <c r="B1940" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1940" t="s">
+        <v>16</v>
+      </c>
+      <c r="D1940" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1940" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1940">
+        <v>20000</v>
+      </c>
+      <c r="G1940" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1940">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1941" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1941" t="s">
+        <v>279</v>
+      </c>
+      <c r="B1941" t="s">
+        <v>31</v>
+      </c>
+      <c r="C1941" t="s">
+        <v>230</v>
+      </c>
+      <c r="D1941" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1941" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1941">
+        <v>35000</v>
+      </c>
+      <c r="G1941" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1941">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1942" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1942" t="s">
+        <v>249</v>
+      </c>
+      <c r="B1942" t="s">
+        <v>248</v>
+      </c>
+      <c r="C1942" t="s">
+        <v>250</v>
+      </c>
+      <c r="D1942" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1942" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1942">
+        <v>25000</v>
+      </c>
+      <c r="G1942" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1942">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1943" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1943" t="s">
+        <v>137</v>
+      </c>
+      <c r="B1943" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1943" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1943" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1943" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1943">
+        <v>40000</v>
+      </c>
+      <c r="G1943" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1943">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1944" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1944" t="s">
+        <v>273</v>
+      </c>
+      <c r="B1944" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1944" t="s">
+        <v>81</v>
+      </c>
+      <c r="D1944" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1944" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1944">
+        <v>50000</v>
+      </c>
+      <c r="G1944" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1944">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1945" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1945" t="s">
+        <v>253</v>
+      </c>
+      <c r="B1945" t="s">
+        <v>177</v>
+      </c>
+      <c r="C1945" t="s">
+        <v>178</v>
+      </c>
+      <c r="D1945" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1945" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1945">
+        <v>20000</v>
+      </c>
+      <c r="G1945" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1945">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1946" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1946" t="s">
+        <v>141</v>
+      </c>
+      <c r="B1946" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1946" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1946" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1946" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1946">
+        <v>40000</v>
+      </c>
+      <c r="G1946" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1946">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1947" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1947" t="s">
+        <v>145</v>
+      </c>
+      <c r="B1947" t="s">
+        <v>167</v>
+      </c>
+      <c r="C1947" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1947" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1947" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1947">
+        <v>30000</v>
+      </c>
+      <c r="G1947" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1947">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1948" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1948" t="s">
+        <v>254</v>
+      </c>
+      <c r="B1948" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1948" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1948" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1948" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1948">
+        <v>25000</v>
+      </c>
+      <c r="G1948" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1948">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1949" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1949" t="s">
+        <v>257</v>
+      </c>
+      <c r="B1949" t="s">
+        <v>172</v>
+      </c>
+      <c r="C1949" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1949" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1949" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1949">
+        <v>30000</v>
+      </c>
+      <c r="G1949" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1949">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1950" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1950" t="s">
+        <v>300</v>
+      </c>
+      <c r="B1950" t="s">
+        <v>188</v>
+      </c>
+      <c r="C1950" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1950" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1950" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1950">
+        <v>35000</v>
+      </c>
+      <c r="G1950" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1950">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1951" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1951" t="s">
+        <v>258</v>
+      </c>
+      <c r="B1951" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1951" t="s">
+        <v>259</v>
+      </c>
+      <c r="D1951" t="s">
+        <v>192</v>
+      </c>
+      <c r="E1951" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1951">
+        <v>90000</v>
+      </c>
+      <c r="G1951" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1951">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1952" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1952" t="s">
+        <v>260</v>
+      </c>
+      <c r="B1952" t="s">
+        <v>233</v>
+      </c>
+      <c r="C1952" t="s">
+        <v>230</v>
+      </c>
+      <c r="D1952" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1952" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1952">
+        <v>30000</v>
+      </c>
+      <c r="G1952" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1952">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1953" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1953" t="s">
+        <v>287</v>
+      </c>
+      <c r="B1953" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1953" t="s">
+        <v>288</v>
+      </c>
+      <c r="D1953" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1953" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1953">
+        <v>65000</v>
+      </c>
+      <c r="G1953" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1953">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1954" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1954" t="s">
+        <v>261</v>
+      </c>
+      <c r="B1954" t="s">
+        <v>187</v>
+      </c>
+      <c r="C1954" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1954" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1954" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1954">
+        <v>25000</v>
+      </c>
+      <c r="G1954" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1954">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1955" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1955" t="s">
+        <v>274</v>
+      </c>
+      <c r="B1955" t="s">
+        <v>280</v>
+      </c>
+      <c r="C1955" t="s">
+        <v>311</v>
+      </c>
+      <c r="D1955" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1955" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1955">
+        <v>40000</v>
+      </c>
+      <c r="G1955" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1955">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1956" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1956" t="s">
+        <v>277</v>
+      </c>
+      <c r="B1956" t="s">
+        <v>201</v>
+      </c>
+      <c r="C1956" t="s">
+        <v>134</v>
+      </c>
+      <c r="D1956" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1956" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1956">
+        <v>25000</v>
+      </c>
+      <c r="G1956" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1956">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1957" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1957" t="s">
+        <v>263</v>
+      </c>
+      <c r="B1957" t="s">
+        <v>162</v>
+      </c>
+      <c r="C1957" t="s">
+        <v>170</v>
+      </c>
+      <c r="D1957" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1957" t="s">
+        <v>160</v>
+      </c>
+      <c r="F1957">
+        <v>20000</v>
+      </c>
+      <c r="G1957" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1957">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="1958" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1958" t="s">
+        <v>264</v>
+      </c>
+      <c r="B1958" t="s">
+        <v>186</v>
+      </c>
+      <c r="C1958" t="s">
+        <v>83</v>
+      </c>
+      <c r="D1958" t="s">
+        <v>159</v>
+      </c>
+      <c r="E1958" t="s">
+        <v>163</v>
+      </c>
+      <c r="F1958">
+        <v>45000</v>
+      </c>
+      <c r="G1958" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1958">
+        <v>2026</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="19" type="noConversion"/>
   <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>DA Octubre Fijos 2025</vt:lpstr>
+      <vt:lpstr>DA Enero Fijos 2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Miriam Emilia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>