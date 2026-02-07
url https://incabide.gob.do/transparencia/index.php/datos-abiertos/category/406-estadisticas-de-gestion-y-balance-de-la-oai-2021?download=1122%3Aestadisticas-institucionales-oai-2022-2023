--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -1,110 +1,107 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ocabidgod-my.sharepoint.com/personal/oai_incabide_gob_do/Documents/2025/Informaciones del Portal/Septiembre/OAI/Datos abiertos/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ocabidgod-my.sharepoint.com/personal/oai_incabide_gob_do/Documents/2025/Informaciones del Portal/Diciembre/OAI/Datos Abiertos/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="3" documentId="8_{E9970C3E-0DA2-4032-B878-838192F2EA12}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{029AFEDC-4DEB-46BE-9D04-886BE69FDD76}"/>
+  <xr:revisionPtr revIDLastSave="5" documentId="8_{E9970C3E-0DA2-4032-B878-838192F2EA12}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5C9115C0-7E13-41E3-A848-F6A7745F88D7}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{934D68D8-2B89-43E9-963A-58665F58EC14}"/>
+    <workbookView xWindow="11532" yWindow="552" windowWidth="11352" windowHeight="13104" xr2:uid="{934D68D8-2B89-43E9-963A-58665F58EC14}"/>
   </bookViews>
   <sheets>
     <sheet name="DA Estadisticas Institucionales" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'DA Estadisticas Institucionales'!$A$1:$J$43</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'DA Estadisticas Institucionales'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="340" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="367" uniqueCount="42">
   <si>
     <t>MES</t>
   </si>
   <si>
     <t>RECIBIDAS</t>
   </si>
   <si>
     <t>CONTESTADAS</t>
   </si>
   <si>
     <t>REFERIDAS</t>
   </si>
   <si>
     <t>NO CONTESTADAS</t>
   </si>
   <si>
     <t xml:space="preserve">DESESTIMADAS </t>
   </si>
   <si>
     <t>EN PROCESO</t>
   </si>
   <si>
-    <t>TOTAL TIMESTRE</t>
-[...1 lines deleted...]
-  <si>
     <t>TRIMESTRE</t>
   </si>
   <si>
     <t>AÑO</t>
   </si>
   <si>
     <t xml:space="preserve">ENERO </t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t xml:space="preserve">ENERO-MARZO </t>
   </si>
   <si>
     <t xml:space="preserve">FEBRERO </t>
   </si>
   <si>
     <t xml:space="preserve">MARZO </t>
   </si>
   <si>
     <t xml:space="preserve">ABRIL </t>
@@ -161,50 +158,53 @@
     <t>9</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>JULIO</t>
   </si>
   <si>
     <t>AGOSTO</t>
   </si>
   <si>
     <t>SEPTIEMBRE</t>
+  </si>
+  <si>
+    <t>TOTAL TRIMESTRE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -536,1541 +536,1637 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E8FCCAC3-2AB7-4825-BE73-8F0F03D5F4DB}">
-  <dimension ref="A1:J46"/>
+  <dimension ref="A1:J49"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A34" workbookViewId="0">
-      <selection activeCell="F48" sqref="F48"/>
+    <sheetView tabSelected="1" topLeftCell="A35" workbookViewId="0">
+      <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="21" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="17.33203125" style="1" customWidth="1"/>
     <col min="2" max="2" width="14.6640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="16.77734375" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.77734375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.5546875" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.21875" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.33203125" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="19.33203125" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="27.109375" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="22" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.77734375" style="2" customWidth="1"/>
     <col min="12" max="16384" width="8.77734375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="I1" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="2" t="s">
+      <c r="J1" s="2" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C2" s="1">
         <v>1</v>
       </c>
       <c r="D2" s="1">
         <v>0</v>
       </c>
       <c r="E2" s="1">
         <v>0</v>
       </c>
       <c r="F2" s="1">
         <v>0</v>
       </c>
       <c r="G2" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H2" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="I2" s="2" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="J2" s="2">
         <v>2022</v>
       </c>
     </row>
     <row r="3" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B3" s="1">
         <v>0</v>
       </c>
       <c r="C3" s="1">
         <v>0</v>
       </c>
       <c r="D3" s="1">
         <v>0</v>
       </c>
       <c r="E3" s="1">
         <v>0</v>
       </c>
       <c r="F3" s="1">
         <v>0</v>
       </c>
       <c r="G3" s="1">
         <v>0</v>
       </c>
       <c r="H3" s="1">
         <v>0</v>
       </c>
       <c r="I3" s="2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="J3" s="2">
         <v>2022</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B4" s="1">
         <v>0</v>
       </c>
       <c r="C4" s="1">
         <v>0</v>
       </c>
       <c r="D4" s="1">
         <v>0</v>
       </c>
       <c r="E4" s="1">
         <v>0</v>
       </c>
       <c r="F4" s="1">
         <v>0</v>
       </c>
       <c r="G4" s="1">
         <v>0</v>
       </c>
       <c r="H4" s="1">
         <v>0</v>
       </c>
       <c r="I4" s="2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="J4" s="2">
         <v>2022</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" s="1">
+        <v>0</v>
+      </c>
+      <c r="C5" s="1">
+        <v>0</v>
+      </c>
+      <c r="D5" s="1">
+        <v>0</v>
+      </c>
+      <c r="E5" s="1">
+        <v>0</v>
+      </c>
+      <c r="F5" s="1">
+        <v>0</v>
+      </c>
+      <c r="G5" s="1">
+        <v>0</v>
+      </c>
+      <c r="H5" s="1">
+        <v>0</v>
+      </c>
+      <c r="I5" s="2" t="s">
         <v>16</v>
-      </c>
-[...22 lines deleted...]
-        <v>17</v>
       </c>
       <c r="J5" s="2">
         <v>2022</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B6" s="1">
         <v>0</v>
       </c>
       <c r="C6" s="1">
         <v>0</v>
       </c>
       <c r="D6" s="1">
         <v>0</v>
       </c>
       <c r="E6" s="1">
         <v>0</v>
       </c>
       <c r="F6" s="1">
         <v>0</v>
       </c>
       <c r="G6" s="1">
         <v>0</v>
       </c>
       <c r="H6" s="1">
         <v>0</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J6" s="2">
         <v>2022</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C7" s="1">
         <v>0</v>
       </c>
       <c r="D7" s="1">
         <v>0</v>
       </c>
       <c r="E7" s="1">
         <v>0</v>
       </c>
       <c r="F7" s="1">
         <v>0</v>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="I7" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J7" s="2">
         <v>2022</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" s="1">
+        <v>0</v>
+      </c>
+      <c r="E8" s="1">
+        <v>0</v>
+      </c>
+      <c r="F8" s="1">
+        <v>0</v>
+      </c>
+      <c r="G8" s="1">
+        <v>0</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="I8" s="2" t="s">
         <v>20</v>
-      </c>
-[...22 lines deleted...]
-        <v>21</v>
       </c>
       <c r="J8" s="2">
         <v>2022</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="I9" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="J9" s="2">
         <v>2022</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="I10" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="J10" s="2">
         <v>2022</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="I11" s="2" t="s">
         <v>24</v>
-      </c>
-[...22 lines deleted...]
-        <v>25</v>
       </c>
       <c r="J11" s="2">
         <v>2022</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B12" s="1">
         <v>3</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="I12" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J12" s="2">
         <v>2022</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="I13" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J13" s="2">
         <v>2022</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D14" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="I14" s="2" t="s">
         <v>12</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
       <c r="J14" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="I15" s="2" t="s">
         <v>12</v>
-      </c>
-[...19 lines deleted...]
-        <v>13</v>
       </c>
       <c r="J15" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="I16" s="2" t="s">
         <v>12</v>
-      </c>
-[...16 lines deleted...]
-        <v>13</v>
       </c>
       <c r="J16" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B17" s="1">
+        <v>0</v>
+      </c>
+      <c r="C17" s="1">
+        <v>0</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="I17" s="2" t="s">
         <v>16</v>
-      </c>
-[...22 lines deleted...]
-        <v>17</v>
       </c>
       <c r="J17" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B18" s="1">
         <v>0</v>
       </c>
       <c r="C18" s="1">
         <v>0</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="I18" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J18" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="I19" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J19" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="I20" s="2" t="s">
         <v>20</v>
-      </c>
-[...22 lines deleted...]
-        <v>21</v>
       </c>
       <c r="J20" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="I21" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="J21" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="1" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="I22" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="J22" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="I23" s="2" t="s">
         <v>24</v>
-      </c>
-[...22 lines deleted...]
-        <v>25</v>
       </c>
       <c r="J23" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="B24" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="I24" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J24" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="I25" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J25" s="2">
         <v>2023</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C26" s="1">
         <v>1</v>
       </c>
       <c r="D26" s="1">
         <v>0</v>
       </c>
       <c r="E26" s="1">
         <v>0</v>
       </c>
       <c r="F26" s="1">
         <v>0</v>
       </c>
       <c r="G26" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="I26" s="2" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="J26" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C27" s="1">
         <v>0</v>
       </c>
       <c r="D27" s="1">
         <v>0</v>
       </c>
       <c r="E27" s="1">
         <v>0</v>
       </c>
       <c r="F27" s="1">
         <v>0</v>
       </c>
       <c r="G27" s="1">
         <v>0</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I27" s="2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="J27" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C28" s="1">
         <v>0</v>
       </c>
       <c r="D28" s="1">
         <v>0</v>
       </c>
       <c r="E28" s="1">
         <v>0</v>
       </c>
       <c r="F28" s="1">
         <v>0</v>
       </c>
       <c r="G28" s="1">
         <v>0</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="I28" s="2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="J28" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C29" s="1">
+        <v>0</v>
+      </c>
+      <c r="D29" s="1">
+        <v>0</v>
+      </c>
+      <c r="E29" s="1">
+        <v>0</v>
+      </c>
+      <c r="F29" s="1">
+        <v>0</v>
+      </c>
+      <c r="G29" s="1">
+        <v>0</v>
+      </c>
+      <c r="H29" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="I29" s="2" t="s">
         <v>16</v>
-      </c>
-[...22 lines deleted...]
-        <v>17</v>
       </c>
       <c r="J29" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C30" s="1">
         <v>0</v>
       </c>
       <c r="D30" s="1">
         <v>0</v>
       </c>
       <c r="E30" s="1">
         <v>0</v>
       </c>
       <c r="F30" s="1">
         <v>0</v>
       </c>
       <c r="G30" s="1">
         <v>0</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="I30" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J30" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C31" s="1">
         <v>0</v>
       </c>
       <c r="D31" s="1">
         <v>0</v>
       </c>
       <c r="E31" s="1">
         <v>0</v>
       </c>
       <c r="F31" s="1">
         <v>0</v>
       </c>
       <c r="G31" s="1">
         <v>0</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I31" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J31" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H32" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="I32" s="2" t="s">
         <v>20</v>
-      </c>
-[...22 lines deleted...]
-        <v>21</v>
       </c>
       <c r="J32" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I33" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="J33" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="1" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="I34" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="J34" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H35" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="I35" s="2" t="s">
         <v>24</v>
-      </c>
-[...22 lines deleted...]
-        <v>25</v>
       </c>
       <c r="J35" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I36" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J36" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B37" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="H37" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I37" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J37" s="2">
         <v>2024</v>
       </c>
     </row>
     <row r="38" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="1" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B38" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="C38" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H38" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>12</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
       <c r="J38" s="2">
         <v>2025</v>
       </c>
     </row>
     <row r="39" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D39" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H39" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I39" s="1" t="s">
         <v>12</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
       <c r="J39" s="2">
         <v>2025</v>
       </c>
     </row>
     <row r="40" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D40" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H40" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I40" s="1" t="s">
         <v>12</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
       <c r="J40" s="2">
         <v>2025</v>
       </c>
     </row>
     <row r="41" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="I41" s="1" t="s">
         <v>16</v>
-      </c>
-[...22 lines deleted...]
-        <v>17</v>
       </c>
       <c r="J41" s="2">
         <v>2025</v>
       </c>
     </row>
     <row r="42" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J42" s="2">
         <v>2025</v>
       </c>
     </row>
     <row r="43" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J43" s="2">
         <v>2025</v>
       </c>
     </row>
     <row r="44" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="1" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="J44" s="2">
         <v>2025</v>
       </c>
     </row>
     <row r="45" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="J45" s="2">
         <v>2025</v>
       </c>
     </row>
     <row r="46" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="J46" s="2">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H47" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I47" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="J47" s="2">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="I48" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="J48" s="2">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="H49" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I49" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="J49" s="2">
         <v>2025</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:J43" xr:uid="{E8FCCAC3-2AB7-4825-BE73-8F0F03D5F4DB}"/>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
   <pageSetup fitToWidth="0" fitToHeight="0" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>